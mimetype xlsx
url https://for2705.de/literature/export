--- v0 (2025-10-14)
+++ v1 (2025-11-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1079">
   <si>
     <t>RDP - Link</t>
   </si>
   <si>
     <t>Working Groups</t>
   </si>
   <si>
     <t>Subproject</t>
   </si>
   <si>
     <t>Open Access</t>
   </si>
   <si>
     <t>Publication Type</t>
   </si>
   <si>
     <t>Peer Reviewed</t>
   </si>
   <si>
     <t>PMID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
@@ -81,90 +81,3268 @@
     <t>Pages</t>
   </si>
   <si>
     <t>Issue</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Journal Abbreviation</t>
   </si>
   <si>
     <t>Extra</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>First Author</t>
   </si>
   <si>
     <t>Last Author</t>
   </si>
   <si>
     <t>Creation Time</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/3</t>
+  </si>
+  <si>
+    <t>rg_gerber</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Journal Article</t>
+  </si>
+  <si>
+    <t>10.1101/lm.049106.118</t>
+  </si>
+  <si>
+    <t>One-trial learning in larval Drosophila</t>
+  </si>
+  <si>
+    <t>Learning &amp; Memory</t>
+  </si>
+  <si>
+    <t>1549-5485</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1101/lm.049106.118</t>
+  </si>
+  <si>
+    <t>109-120</t>
+  </si>
+  <si>
+    <t>Learn. Mem.</t>
+  </si>
+  <si>
+    <t>Weiglein A, Gerstner F, Mancini N, Schleyer M, Gerber B</t>
+  </si>
+  <si>
+    <t>Weiglein A</t>
+  </si>
+  <si>
+    <t>Gerber B</t>
+  </si>
+  <si>
+    <t>2020-03-03 21:35:40</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/4</t>
+  </si>
+  <si>
+    <t>rg_sigrist</t>
+  </si>
+  <si>
+    <t>Yes</t>
+  </si>
+  <si>
+    <t>10.1038/s41467-019-09262-2</t>
+  </si>
+  <si>
+    <t>Autophagy within the mushroom body protects from synapse aging in a non-cell autonomous manner</t>
+  </si>
+  <si>
+    <t>Nature Communications</t>
+  </si>
+  <si>
+    <t>2041-1723</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1038/s41467-019-09262-2</t>
+  </si>
+  <si>
+    <t>Nat Commun</t>
+  </si>
+  <si>
+    <t>Bhukel A, Beuschel CB, Maglione M, Lehmann M, Juhász G, Madeo F, Sigrist SJ</t>
+  </si>
+  <si>
+    <t>Bhukel A</t>
+  </si>
+  <si>
+    <t>Sigrist SJ</t>
+  </si>
+  <si>
+    <t>2021-09-02 12:15:39</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/5</t>
+  </si>
+  <si>
+    <t>rg_nawrot</t>
+  </si>
+  <si>
+    <t>TP4</t>
+  </si>
+  <si>
+    <t>Preprint</t>
+  </si>
+  <si>
+    <t>10.1101/662932</t>
+  </si>
+  <si>
+    <t>Numerical cognition based on precise counting with a single spiking neuron</t>
+  </si>
+  <si>
+    <t>bioRxiv</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1101/662932</t>
+  </si>
+  <si>
+    <t>biorxiv.org</t>
+  </si>
+  <si>
+    <t>Rapp H, Nawrot MP, Stern M</t>
+  </si>
+  <si>
+    <t>Rapp H</t>
+  </si>
+  <si>
+    <t>Stern M</t>
+  </si>
+  <si>
+    <t>2022-01-03 09:40:57</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/6</t>
+  </si>
+  <si>
+    <t>Review</t>
+  </si>
+  <si>
+    <t>10.1016/j.cois.2019.07.007</t>
+  </si>
+  <si>
+    <t>Neuronal processing of amino acids in Drosophila: from taste sensing to behavioural regulation</t>
+  </si>
+  <si>
+    <t>Current Opinion in Insect Science</t>
+  </si>
+  <si>
+    <t>2214-5745</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1016/j.cois.2019.07.007</t>
+  </si>
+  <si>
+    <t>39-44</t>
+  </si>
+  <si>
+    <t>Toshima N, Schleyer M</t>
+  </si>
+  <si>
+    <t>Toshima N</t>
+  </si>
+  <si>
+    <t>Schleyer M</t>
+  </si>
+  <si>
+    <t>2020-02-19 12:10:49</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/7</t>
+  </si>
+  <si>
+    <t>10.1016/j.cobeha.2018.12.001</t>
+  </si>
+  <si>
+    <t>Timing-dependent valence reversal: a principle of reinforcement processing and its possible implications</t>
+  </si>
+  <si>
+    <t>Current Opinion in Behavioral Sciences</t>
+  </si>
+  <si>
+    <t>2352-1546</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1016/j.cobeha.2018.12.001</t>
+  </si>
+  <si>
+    <t>114-120</t>
+  </si>
+  <si>
+    <t>Gerber B, König C, Fendt M, Andreatta M, Romanos M, Pauli P, Yarali A</t>
+  </si>
+  <si>
+    <t>Yarali A</t>
+  </si>
+  <si>
+    <t>2020-02-19 12:11:43</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/8</t>
+  </si>
+  <si>
+    <t>10.1098/rsbl.2019.0084</t>
+  </si>
+  <si>
+    <t>An optogenetic analogue of second-order reinforcement in Drosophila</t>
+  </si>
+  <si>
+    <t>Biology Letters</t>
+  </si>
+  <si>
+    <t>1744-9561</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1098/rsbl.2019.0084</t>
+  </si>
+  <si>
+    <t>Biol. Lett.</t>
+  </si>
+  <si>
+    <t>König C, Khalili A, Niewalda T, Gao S, Gerber B</t>
+  </si>
+  <si>
+    <t>König C</t>
+  </si>
+  <si>
+    <t>2021-09-03 15:50:53</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/9</t>
+  </si>
+  <si>
+    <t>rg_fiala</t>
+  </si>
+  <si>
+    <t>TP1</t>
+  </si>
+  <si>
+    <t>10.2139/ssrn.3379968</t>
+  </si>
+  <si>
+    <t>Visualization of a Distributed Synaptic Memory Code in the  Drosophila Brain</t>
+  </si>
+  <si>
+    <t>SSRN Electronic Journal</t>
+  </si>
+  <si>
+    <t>1556-5068</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.2139/ssrn.3379968</t>
+  </si>
+  <si>
+    <t>SSRN Journal</t>
+  </si>
+  <si>
+    <t>Bilz F, Geurten BRH, Fiala A</t>
+  </si>
+  <si>
+    <t>Bilz F</t>
+  </si>
+  <si>
+    <t>Fiala A</t>
+  </si>
+  <si>
+    <t>2021-01-06 16:53:08</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/10</t>
+  </si>
+  <si>
+    <t>10.3791/60288</t>
+  </si>
+  <si>
+    <t>In Vivo Optical Calcium Imaging of Learning-Induced Synaptic Plasticity in Drosophila melanogaster</t>
+  </si>
+  <si>
+    <t>Journal of Visualized Experiments</t>
+  </si>
+  <si>
+    <t>1940-087X</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.3791/60288</t>
+  </si>
+  <si>
+    <t>JoVE</t>
+  </si>
+  <si>
+    <t>Hancock CE, Bilz F, Fiala A</t>
+  </si>
+  <si>
+    <t>Hancock CE</t>
+  </si>
+  <si>
+    <t>2019-10-14 07:51:00</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/11</t>
+  </si>
+  <si>
+    <t>10.1101/lm.049510.119</t>
+  </si>
+  <si>
+    <t>Reversal learning in Drosophila larvae</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1101/lm.049510.119</t>
+  </si>
+  <si>
+    <t>424-435</t>
+  </si>
+  <si>
+    <t>Learn Mem</t>
+  </si>
+  <si>
+    <t>Mancini N, Hranova S, Weber J, Weiglein A, Schleyer M, Weber D, Thum AS, Gerber B</t>
+  </si>
+  <si>
+    <t>Mancini N</t>
+  </si>
+  <si>
+    <t>2021-09-01 15:18:06</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/12</t>
+  </si>
+  <si>
+    <t>10.1371/journal.pone.0224154</t>
+  </si>
+  <si>
+    <t>Modulations of microbehaviour by associative memory strength in Drosophila larvae</t>
+  </si>
+  <si>
+    <t>PLoS One</t>
+  </si>
+  <si>
+    <t>1932-6203</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1371/journal.pone.0224154</t>
+  </si>
+  <si>
+    <t>e0224154</t>
+  </si>
+  <si>
+    <t>PLoS ONE</t>
+  </si>
+  <si>
+    <t>Thane M, Viswanathan V, Meyer TC, Paisios E, Schleyer M</t>
+  </si>
+  <si>
+    <t>Thane M</t>
+  </si>
+  <si>
+    <t>2019-10-25 13:53:00</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/13</t>
+  </si>
+  <si>
+    <t>TP5</t>
+  </si>
+  <si>
+    <t>10.1016/j.cub.2020.01.019</t>
+  </si>
+  <si>
+    <t>Presynaptic Active Zone Plasticity Encodes Sleep Need in Drosophila</t>
+  </si>
+  <si>
+    <t>Current Biology</t>
+  </si>
+  <si>
+    <t>0960-9822</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1016/j.cub.2020.01.019</t>
+  </si>
+  <si>
+    <t>Huang S, Piao C, Beuschel CB, Götz T, Sigrist SJ</t>
+  </si>
+  <si>
+    <t>Huang S</t>
+  </si>
+  <si>
+    <t>2021-09-03 15:01:59</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/14</t>
+  </si>
+  <si>
+    <t>TP2</t>
+  </si>
+  <si>
+    <t>10.1038/s41593-020-0607-9</t>
+  </si>
+  <si>
+    <t>Recurrent architecture for adaptive regulation of learning in the insect brain</t>
+  </si>
+  <si>
+    <t>Nature Neuroscience</t>
+  </si>
+  <si>
+    <t>1097-6256</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1038/s41593-020-0607-9</t>
+  </si>
+  <si>
+    <t>Nat Neurosci</t>
+  </si>
+  <si>
+    <t>Eschbach C, Fushiki A, Winding M, Schneider-Mizell CM, Shao M, Arruda R, Eichler K, Valdes-Aleman J, Ohyama T, Thum AS, Gerber B, Fetter RD, Truman JW, Litwin-Kumar A, Cardona A, Zlatic M</t>
+  </si>
+  <si>
+    <t>Eschbach C</t>
+  </si>
+  <si>
+    <t>Zlatic M</t>
+  </si>
+  <si>
+    <t>2021-09-03 14:47:51</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/15</t>
+  </si>
+  <si>
+    <t>rg_tavosanis</t>
+  </si>
+  <si>
+    <t>TP6</t>
+  </si>
+  <si>
+    <t>10.1371/journal.pgen.1008491</t>
+  </si>
+  <si>
+    <t>Modulators of hormonal response regulate temporal fate specification in the Drosophila brain.</t>
+  </si>
+  <si>
+    <t>PLoS genetics</t>
+  </si>
+  <si>
+    <t>1553-7390</t>
+  </si>
+  <si>
+    <t>1553-7404</t>
+  </si>
+  <si>
+    <t>https://www.ncbi.nlm.nih.gov/pubmed/?term=31809495%5Buid%5D</t>
+  </si>
+  <si>
+    <t>e1008491</t>
+  </si>
+  <si>
+    <t>PLoS Genet</t>
+  </si>
+  <si>
+    <t>Marchetti G, Tavosanis G</t>
+  </si>
+  <si>
+    <t>Marchetti G</t>
+  </si>
+  <si>
+    <t>Tavosanis G</t>
+  </si>
+  <si>
+    <t>2021-01-06 10:00:11</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/16</t>
+  </si>
+  <si>
+    <t>10.3389/fphys.2019.01539</t>
+  </si>
+  <si>
+    <t>Cockroaches Show Individuality in Learning and Memory During Classical and Operant Conditioning.</t>
+  </si>
+  <si>
+    <t>Frontiers in Physiology</t>
+  </si>
+  <si>
+    <t>1664-042X</t>
+  </si>
+  <si>
+    <t>https://www.ncbi.nlm.nih.gov/pubmed/?term=31969831%5Buid%5D</t>
+  </si>
+  <si>
+    <t>Front Physiol</t>
+  </si>
+  <si>
+    <t>Arican C, Bulk J, Deisig N, Nawrot MP</t>
+  </si>
+  <si>
+    <t>Arican C</t>
+  </si>
+  <si>
+    <t>Nawrot MP</t>
+  </si>
+  <si>
+    <t>2021-09-01 15:24:45</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/17</t>
+  </si>
+  <si>
+    <t>10.1080/01677063.2019.1710146</t>
+  </si>
+  <si>
+    <t>The Unc13A isoform is important for phasic release and olfactory memory formation at mushroom body synapses.</t>
+  </si>
+  <si>
+    <t>Journal of Neurogenetics</t>
+  </si>
+  <si>
+    <t>0167-7063</t>
+  </si>
+  <si>
+    <t>1563-5260</t>
+  </si>
+  <si>
+    <t>https://www.ncbi.nlm.nih.gov/pubmed/?term=31980003%5Buid%5D</t>
+  </si>
+  <si>
+    <t>106-114</t>
+  </si>
+  <si>
+    <t>J Neurogenet</t>
+  </si>
+  <si>
+    <t>Woitkuhn J, Ender A, Beuschel CB, Maglione M, Matkovic-Rachid T, Huang S, Lehmann M, Geiger JRP, Sigrist SJ</t>
+  </si>
+  <si>
+    <t>Woitkuhn J</t>
+  </si>
+  <si>
+    <t>2021-09-01 15:26:10</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/18</t>
+  </si>
+  <si>
+    <t>10.3389/fphys.2020.00053</t>
+  </si>
+  <si>
+    <t>Stochastic and Arbitrarily Generated Input Patterns to the Mushroom Bodies Can Serve as Conditioned Stimuli in Drosophila</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.3389/fphys.2020.00053</t>
+  </si>
+  <si>
+    <t>Front. Physiol.</t>
+  </si>
+  <si>
+    <t>Warth Pérez Arias CC, Frosch P, Fiala A, Riemensperger TD</t>
+  </si>
+  <si>
+    <t>Warth Pérez Arias CC</t>
+  </si>
+  <si>
+    <t>Riemensperger TD</t>
+  </si>
+  <si>
+    <t>2021-01-06 09:58:40</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/19</t>
+  </si>
+  <si>
+    <t>10.1016/j.neuron.2020.03.010</t>
+  </si>
+  <si>
+    <t>Visualization of a Distributed Synaptic Memory Code in the Drosophila Brain</t>
+  </si>
+  <si>
+    <t>Neuron</t>
+  </si>
+  <si>
+    <t>0896-6273</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1016/j.neuron.2020.03.010</t>
+  </si>
+  <si>
+    <t>963-976.e4</t>
+  </si>
+  <si>
+    <t>Bilz F, Geurten BRH, Hancock CE, Widmann A, Fiala A</t>
+  </si>
+  <si>
+    <t>2021-09-01 15:16:33</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/20</t>
+  </si>
+  <si>
+    <t>10.1523/eneuro.0305-18.2020</t>
+  </si>
+  <si>
+    <t>Circuit and Cellular Mechanisms Facilitate the Transformation from Dense to Sparse Coding in the Insect Olfactory System</t>
+  </si>
+  <si>
+    <t>eNeuro</t>
+  </si>
+  <si>
+    <t>2373-2822</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1523/eneuro.0305-18.2020</t>
+  </si>
+  <si>
+    <t>ENEURO.0305-18.2020</t>
+  </si>
+  <si>
+    <t>Betkiewicz R, Lindner B, Nawrot MP</t>
+  </si>
+  <si>
+    <t>Betkiewicz R</t>
+  </si>
+  <si>
+    <t>2021-09-01 15:23:17</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/21</t>
+  </si>
+  <si>
+    <t>10.1523/jneurosci.0290-20.2020</t>
+  </si>
+  <si>
+    <t>Identification of Dopaminergic Neurons That Can Both Establish Associative Memory and Acutely Terminate Its Behavioral Expression</t>
+  </si>
+  <si>
+    <t>The Journal of Neuroscience</t>
+  </si>
+  <si>
+    <t>0270-6474</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1523/jneurosci.0290-20.2020</t>
+  </si>
+  <si>
+    <t>5990-6006</t>
+  </si>
+  <si>
+    <t>J Neurosci</t>
+  </si>
+  <si>
+    <t>Schleyer M, Weiglein A, Thoener J, Strauch M, Hartenstein V, Kantar Weigelt M, Schuller S, Saumweber T, Eichler K, Rohwedder A, Merhof D, Zlatic M, Thum AS, Gerber B</t>
+  </si>
+  <si>
+    <t>2021-01-06 09:56:22</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/22</t>
+  </si>
+  <si>
+    <t>rg_kadow</t>
+  </si>
+  <si>
+    <t>TP3</t>
+  </si>
+  <si>
+    <t>10.1016/j.cub.2020.04.037</t>
+  </si>
+  <si>
+    <t>Valence and State-Dependent Population Coding in Dopaminergic Neurons in the Fly Mushroom Body</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1016/j.cub.2020.04.037</t>
+  </si>
+  <si>
+    <t>2104-2115.e4</t>
+  </si>
+  <si>
+    <t>Siju K, Štih V, Aimon S, Gjorgjieva J, Portugues R, Grunwald Kadow IC</t>
+  </si>
+  <si>
+    <t>Siju K</t>
+  </si>
+  <si>
+    <t>Grunwald Kadow IC</t>
+  </si>
+  <si>
+    <t>2021-01-06 09:56:00</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/23</t>
+  </si>
+  <si>
+    <t>10.1002/cne.25037</t>
+  </si>
+  <si>
+    <t>Aversive teaching signals from individual dopamine neurons in larval Drosophila show qualitative differences in their temporal 'fingerprint'</t>
+  </si>
+  <si>
+    <t>Journal of Comparative Neurology</t>
+  </si>
+  <si>
+    <t>0021-9967</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1002/cne.25037</t>
+  </si>
+  <si>
+    <t>J Comp Neurol</t>
+  </si>
+  <si>
+    <t>Weiglein A, Thoener J, Feldbruegge I, Warzog L, Mancini N, Schleyer M, Gerber B</t>
+  </si>
+  <si>
+    <t>2021-01-06 09:54:29</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/24</t>
+  </si>
+  <si>
+    <t>10.1016/j.cub.2020.09.022</t>
+  </si>
+  <si>
+    <t>Immune Receptor Signaling and the Mushroom Body Mediate Post-ingestion Pathogen Avoidance</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1016/j.cub.2020.09.022</t>
+  </si>
+  <si>
+    <t>4693-4709.e3</t>
+  </si>
+  <si>
+    <t>Kobler JM, Rodriguez Jimenez FJ, Petcu I, Grunwald Kadow IC</t>
+  </si>
+  <si>
+    <t>Kobler JM</t>
+  </si>
+  <si>
+    <t>2021-01-06 09:51:49</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/25</t>
+  </si>
+  <si>
+    <t>10.1073/pnas.2009821117</t>
+  </si>
+  <si>
+    <t>A spiking neural program for sensorimotor control during foraging in flying insects</t>
+  </si>
+  <si>
+    <t>Proceedings of the National Academy of Sciences</t>
+  </si>
+  <si>
+    <t>0027-8424</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1073/pnas.2009821117</t>
+  </si>
+  <si>
+    <t>28412-28421</t>
+  </si>
+  <si>
+    <t>Proc Natl Acad Sci USA</t>
+  </si>
+  <si>
+    <t>Rapp H, Nawrot MP</t>
+  </si>
+  <si>
+    <t>2021-01-06 09:51:12</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/26</t>
+  </si>
+  <si>
+    <t>10.1080/01677063.2019.1706092</t>
+  </si>
+  <si>
+    <t>Studying complex brain dynamics using Drosophila</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1080/01677063.2019.1706092</t>
+  </si>
+  <si>
+    <t>171-177</t>
+  </si>
+  <si>
+    <t>Aimon S, Grunwald Kadow IC</t>
+  </si>
+  <si>
+    <t>Aimon S</t>
+  </si>
+  <si>
+    <t>2021-01-06 09:48:32</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/27</t>
+  </si>
+  <si>
+    <t>10.1523/ENEURO.0549-20.2021</t>
+  </si>
+  <si>
+    <t>A mechanistic model for reward prediction and extinction learning in the fruit fly</t>
+  </si>
+  <si>
+    <t>https://www.eneuro.org/content/early/2021/03/27/ENEURO.0549-20.2021.abstract</t>
+  </si>
+  <si>
+    <t>Springer M, Nawrot MP</t>
+  </si>
+  <si>
+    <t>Springer M</t>
+  </si>
+  <si>
+    <t>2021-05-28 11:07:49</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/28</t>
+  </si>
+  <si>
+    <t>10.1101/2020.10.26.354688</t>
+  </si>
+  <si>
+    <t>Associative learning in larval and adult Drosophila is impaired by the dopamine-synthesis inhibitor 3-Iodo-L-tyrosine</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1101/2020.10.26.354688</t>
+  </si>
+  <si>
+    <t>Thoener J, König C, Weiglein A, Toshima N, Mancini N, Amin F, Schleyer M</t>
+  </si>
+  <si>
+    <t>Thoener J</t>
+  </si>
+  <si>
+    <t>2021-09-01 15:13:47</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/29</t>
+  </si>
+  <si>
+    <t>10.1101/2020.09.19.304774</t>
+  </si>
+  <si>
+    <t>A plausible mechanism for Drosophila larva intermittent behavior</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1101/2020.09.19.304774</t>
+  </si>
+  <si>
+    <t>Sakagiannis P, Aguilera M, Nawrot MP</t>
+  </si>
+  <si>
+    <t>Sakagiannis P</t>
+  </si>
+  <si>
+    <t>2021-09-01 15:22:43</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/30</t>
+  </si>
+  <si>
+    <t>10.1016/j.xpro.2020.100210</t>
+  </si>
+  <si>
+    <t>Visualization of naive and learned odor representations using in vivo calcium imaging and immunohistochemical bouton mapping of single Drosophila mushroom body neurons</t>
+  </si>
+  <si>
+    <t>STAR Protocols</t>
+  </si>
+  <si>
+    <t>2666-1667</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1016/j.xpro.2020.100210</t>
+  </si>
+  <si>
+    <t>Hancock CE, Geurten BRH, Fiala A</t>
+  </si>
+  <si>
+    <t>2021-01-06 08:45:10</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/31</t>
+  </si>
+  <si>
+    <t>10.1101/2021.01.28.428398</t>
+  </si>
+  <si>
+    <t>A quick and versatile protocol for the 3D visualization of transgene expression across the whole body of larval Drosophila</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1101/2021.01.28.428398</t>
+  </si>
+  <si>
+    <t>Kobler O, Weiglein A, Hartung K, Chen Y, Gerber B, Thomas U</t>
+  </si>
+  <si>
+    <t>Kobler O</t>
+  </si>
+  <si>
+    <t>Thomas U</t>
+  </si>
+  <si>
+    <t>2021-09-01 15:12:59</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/32</t>
+  </si>
+  <si>
+    <t>10.1101/2020.12.30.424797</t>
+  </si>
+  <si>
+    <t>Single neuron activity predicts behavioral performance of individual animals during memory retention</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1101/2020.12.30.424797</t>
+  </si>
+  <si>
+    <t>Strube-Bloss MF, D’Albis T, Menzel R, Nawrot MP</t>
+  </si>
+  <si>
+    <t>Strube-Bloss MF</t>
+  </si>
+  <si>
+    <t>2021-09-01 15:13:13</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/33</t>
+  </si>
+  <si>
+    <t>10.1073/pnas.2016754118</t>
+  </si>
+  <si>
+    <t>Rapid Ca2+ channel accumulation contributes to cAMP-mediated increase in transmission at hippocampal mossy fiber synapses</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1073/pnas.2016754118</t>
+  </si>
+  <si>
+    <t>e2016754118</t>
+  </si>
+  <si>
+    <t>Fukaya R, Maglione M, Sigrist SJ, Sakaba T</t>
+  </si>
+  <si>
+    <t>Fukaya R</t>
+  </si>
+  <si>
+    <t>Sakaba T</t>
+  </si>
+  <si>
+    <t>2021-02-27 08:41:17</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/34</t>
+  </si>
+  <si>
+    <t>10.3791/61876</t>
+  </si>
+  <si>
+    <t>Preparing Adult Drosophila melanogaster for Whole Brain Imaging during Behavior and Stimuli Responses</t>
+  </si>
+  <si>
+    <t>Woller A, Bandow P, Aimon S, Grunwald Kadow IC</t>
+  </si>
+  <si>
+    <t>Woller A</t>
+  </si>
+  <si>
+    <t>2021-06-18 09:26:57</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/35</t>
+  </si>
+  <si>
+    <t>10.1016/j.cub.2021.01.093</t>
+  </si>
+  <si>
+    <t>Antagonistic interactions between two Neuroligins coordinate pre- and postsynaptic assembly</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1016/j.cub.2021.01.093</t>
+  </si>
+  <si>
+    <t>Ramesh N, Escher MJ, Mampell MM, Böhme MA, Götz TW, Goel P, Matkovic T, Petzoldt AG, Dickman D, Sigrist SJ</t>
+  </si>
+  <si>
+    <t>Ramesh N</t>
+  </si>
+  <si>
+    <t>2021-03-09 18:02:07</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/36</t>
+  </si>
+  <si>
+    <t>10.1016/j.celrep.2021.108941</t>
+  </si>
+  <si>
+    <t>eIF5A hypusination, boosted by dietary spermidine, protects from premature brain aging and mitochondrial dysfunction</t>
+  </si>
+  <si>
+    <t>Cell Reports</t>
+  </si>
+  <si>
+    <t>2211-1247</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1016/j.celrep.2021.108941</t>
+  </si>
+  <si>
+    <t>Liang Y, Piao C, Beuschel CB, Toppe D, Kollipara L, Bogdanow B, Maglione M, Lützkendorf J, See JCK, Huang S, Conrad TO, Kintscher U, Madeo F, Liu F, Sickmann A, Sigrist SJ</t>
+  </si>
+  <si>
+    <t>Liang Y</t>
+  </si>
+  <si>
+    <t>2021-04-19 15:12:36</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/37</t>
+  </si>
+  <si>
+    <t>10.1101/2020.04.05.026203</t>
+  </si>
+  <si>
+    <t>Neural computation underlying rapid learning and dynamic memory recall for sensori-motor control in insects</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1101/2020.04.05.026203</t>
+  </si>
+  <si>
+    <t>2022-01-03 09:39:54</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/38</t>
+  </si>
+  <si>
+    <t>rg_fiala, rg_sigrist</t>
+  </si>
+  <si>
+    <t>10.1038/s41467-021-22180-6</t>
+  </si>
+  <si>
+    <t>Unc13A and Unc13B contribute to the decoding of distinct sensory information in Drosophila</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1038/s41467-021-22180-6</t>
+  </si>
+  <si>
+    <t>Pooryasin A, Maglione M, Schubert M, Matkovic-Rachid T, Hasheminasab S, Pech U, Fiala A, Mielke T, Sigrist SJ</t>
+  </si>
+  <si>
+    <t>Pooryasin A</t>
+  </si>
+  <si>
+    <t>2022-01-03 09:39:36</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/39</t>
+  </si>
+  <si>
+    <t>rg_fiala, rg_tavosanis</t>
+  </si>
+  <si>
+    <t>10.1016/j.celrep.2021.108871</t>
+  </si>
+  <si>
+    <t>Circuit reorganization in the Drosophila mushroom body calyx accompanies memory consolidation</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1016/j.celrep.2021.108871</t>
+  </si>
+  <si>
+    <t>Baltruschat L, Prisco L, Ranft P, Lauritzen JS, Fiala A, Bock DD, Tavosanis G</t>
+  </si>
+  <si>
+    <t>Baltruschat L</t>
+  </si>
+  <si>
+    <t>2022-01-03 09:39:15</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/40</t>
+  </si>
+  <si>
+    <t>rg_gerber, rg_nawrot</t>
+  </si>
+  <si>
+    <t>10.1101/2021.06.29.450278</t>
+  </si>
+  <si>
+    <t>A neuromorphic model of olfactory processing and sparse coding in the Drosophila larva brain</t>
+  </si>
+  <si>
+    <t>https://www.biorxiv.org/content/10.1101/2021.06.29.450278v1.abstract</t>
+  </si>
+  <si>
+    <t>Jürgensen  AM,  Khalili A, Chicca E, Indiveri G, Nawrot MP</t>
+  </si>
+  <si>
+    <t>Jürgensen  AM,  Khalili A,</t>
+  </si>
+  <si>
+    <t>2022-01-03 09:38:57</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/41</t>
+  </si>
+  <si>
+    <t>10.1101/2021.07.07.451470</t>
+  </si>
+  <si>
+    <t>A realistic locomotory model of Drosophila larva for behavioral simulations</t>
+  </si>
+  <si>
+    <t>Sakagiannis P.,  Jürgensen A-M., Nawrot  MP.</t>
+  </si>
+  <si>
+    <t>Nawrot  MP.</t>
+  </si>
+  <si>
+    <t>2022-01-03 09:38:30</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/42</t>
+  </si>
+  <si>
+    <t>10.1080/01677063.2021.1892096</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1080/01677063.2021.1892096</t>
+  </si>
+  <si>
+    <t>1-14</t>
+  </si>
+  <si>
+    <t>2022-01-03 09:38:13</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/43</t>
+  </si>
+  <si>
+    <t>10.1242/bio.058198</t>
+  </si>
+  <si>
+    <t>Biol Open</t>
+  </si>
+  <si>
+    <t>2046-6390</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1242/bio.058198</t>
+  </si>
+  <si>
+    <t>2022-01-03 09:37:54</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/44</t>
+  </si>
+  <si>
+    <t>10.1016/j.conb.2021.05.001</t>
+  </si>
+  <si>
+    <t>Dendrite enlightenment.</t>
+  </si>
+  <si>
+    <t>Current opinion in neurobiology</t>
+  </si>
+  <si>
+    <t>0959-4388</t>
+  </si>
+  <si>
+    <t>1873-6882</t>
+  </si>
+  <si>
+    <t>https://www.ncbi.nlm.nih.gov/pubmed/?term=34134010%5Buid%5D</t>
+  </si>
+  <si>
+    <t>222-230</t>
+  </si>
+  <si>
+    <t>Curr Opin Neurobiol</t>
+  </si>
+  <si>
+    <t>2021-08-31 13:53:39</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/45</t>
+  </si>
+  <si>
+    <t>10.1101/2020.12.03.409490</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1101/2020.12.03.409490</t>
+  </si>
+  <si>
+    <t>2021-09-02 07:53:33</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/46</t>
+  </si>
+  <si>
+    <t>10.1016/j.isci.2020.100852</t>
+  </si>
+  <si>
+    <t>Numerical Cognition Based on Precise Counting with a Single Spiking Neuron</t>
+  </si>
+  <si>
+    <t>iScience</t>
+  </si>
+  <si>
+    <t>2589-0042</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1016/j.isci.2020.100852</t>
+  </si>
+  <si>
+    <t>2022-01-03 09:37:18</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/47</t>
+  </si>
+  <si>
+    <t>Conference Abstract</t>
+  </si>
+  <si>
+    <t>A Plausible Mechanism for Drosophila Larva Intermittent Behavior</t>
+  </si>
+  <si>
+    <t>Conference on Biomimetic and Biohybrid Systems. Living Machines</t>
+  </si>
+  <si>
+    <t>https://link.springer.com/chapter/10.1007/978-3-030-64313-3_28</t>
+  </si>
+  <si>
+    <t>288-299</t>
+  </si>
+  <si>
+    <t>Sakagiannis P., Aguilera M., Nawrot MP.</t>
+  </si>
+  <si>
+    <t>Panagiotis Sakagiannis</t>
+  </si>
+  <si>
+    <t>Martin Paul Nawrot</t>
+  </si>
+  <si>
+    <t>2022-01-03 09:16:53</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/48</t>
+  </si>
+  <si>
+    <t>rg_fiala, rg_schuldiner</t>
+  </si>
+  <si>
+    <t>10.1101/2021.10.31.466652</t>
+  </si>
+  <si>
+    <t>Silencing neuronal activity is required for developmental circuit remodeling</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1101/2021.10.31.466652</t>
+  </si>
+  <si>
+    <t>Mayseless O, Rachad EY, Shapira G, Fiala A, Schuldiner O</t>
+  </si>
+  <si>
+    <t>Mayseless O</t>
+  </si>
+  <si>
+    <t>Schuldiner O</t>
+  </si>
+  <si>
+    <t>2022-01-03 08:25:31</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/49</t>
+  </si>
+  <si>
+    <t>10.1101/2021.09.20.461071</t>
+  </si>
+  <si>
+    <t>The anterior paired lateral neuron normalizes odour-evoked activity at the mushroom body calyx</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1101/2021.09.20.461071</t>
+  </si>
+  <si>
+    <t>Prisco L, Deimel SH, Yeliseyeva H, Fiala A, Tavosanis G</t>
+  </si>
+  <si>
+    <t>Prisco L</t>
+  </si>
+  <si>
+    <t>2022-01-03 09:15:21</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/50</t>
+  </si>
+  <si>
+    <t>10.7554/elife.74172</t>
+  </si>
+  <si>
+    <t>The anterior paired lateral neuron normalizes odour-evoked activity in the Drosophila mushroom body calyx</t>
+  </si>
+  <si>
+    <t>Elife</t>
+  </si>
+  <si>
+    <t>2050-084X</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.7554/elife.74172</t>
+  </si>
+  <si>
+    <t>2022-01-03 09:14:44</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/51</t>
+  </si>
+  <si>
+    <t>10.1088/2634-4386/ac3ba6</t>
+  </si>
+  <si>
+    <t>Neuromorphic Computing and Engineering</t>
+  </si>
+  <si>
+    <t>2634-4386</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1088/2634-4386/ac3ba6</t>
+  </si>
+  <si>
+    <t>024008</t>
+  </si>
+  <si>
+    <t>Neuromorph. Comput. Eng.</t>
+  </si>
+  <si>
+    <t>Jürgensen A, Khalili A, Chicca E, Indiveri G, Nawrot MP</t>
+  </si>
+  <si>
+    <t>Jürgensen A</t>
+  </si>
+  <si>
+    <t>2022-01-03 09:14:02</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/52</t>
+  </si>
+  <si>
+    <t>10.3389/fnsyn.2021.798204</t>
+  </si>
+  <si>
+    <t>(M)Unc13s in Active Zone Diversity: A Drosophila Perspective</t>
+  </si>
+  <si>
+    <t>Frontiers in Synaptic Neuroscience</t>
+  </si>
+  <si>
+    <t>1663-3563</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.3389/fnsyn.2021.798204</t>
+  </si>
+  <si>
+    <t>Front Synaptic Neurosci</t>
+  </si>
+  <si>
+    <t>Piao C, Sigrist SJ</t>
+  </si>
+  <si>
+    <t>Piao C</t>
+  </si>
+  <si>
+    <t>2022-08-25 10:56:09</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/53</t>
+  </si>
+  <si>
+    <t>rg_fiala, rg_nawrot</t>
+  </si>
+  <si>
+    <t>TP1, TP4</t>
+  </si>
+  <si>
+    <t>10.1038/s41598-022-14413-5</t>
+  </si>
+  <si>
+    <t>Visualization of learning-induced synaptic plasticity in output neurons of the Drosophila mushroom body γ-lobe</t>
+  </si>
+  <si>
+    <t>Scientific Reports</t>
+  </si>
+  <si>
+    <t>2045-2322</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1038/s41598-022-14413-5</t>
+  </si>
+  <si>
+    <t>Sci Rep</t>
+  </si>
+  <si>
+    <t>Hancock CE, Rostami V, Rachad EY, Deimel SH, Nawrot MP, Fiala A</t>
+  </si>
+  <si>
+    <t>2022-11-24 10:53:06</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/54</t>
+  </si>
+  <si>
+    <t>10.1098/rsob.220096</t>
+  </si>
+  <si>
+    <t>Pruning deficits of the developing            &lt;i&gt;Drosophila&lt;/i&gt;            mushroom body result in mild impairment in associative odour learning and cause hyperactivity</t>
+  </si>
+  <si>
+    <t>Open Biology</t>
+  </si>
+  <si>
+    <t>2046-2441</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1098/rsob.220096</t>
+  </si>
+  <si>
+    <t>Open Biol.</t>
+  </si>
+  <si>
+    <t>Poppinga H, Çoban B, Meltzer H, Mayseless O, Widmann A, Schuldiner O, Fiala A</t>
+  </si>
+  <si>
+    <t>Poppinga H</t>
+  </si>
+  <si>
+    <t>2022-10-14 18:26:02</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/55</t>
+  </si>
+  <si>
+    <t>10.1016/j.cub.2022.10.017</t>
+  </si>
+  <si>
+    <t>Transient active zone remodeling in the Drosophila mushroom body supports memory</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1016/j.cub.2022.10.017</t>
+  </si>
+  <si>
+    <t>Turrel O, Ramesh N, Escher MJ, Pooryasin A, Sigrist SJ</t>
+  </si>
+  <si>
+    <t>Turrel O</t>
+  </si>
+  <si>
+    <t>2022-11-04 15:04:04</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/56</t>
+  </si>
+  <si>
+    <t>10.1101/2022.08.23.504945</t>
+  </si>
+  <si>
+    <t>Age-related decrease in appetitive associative memory in fruit flies</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1101/2022.08.23.504945</t>
+  </si>
+  <si>
+    <t>König C, Gerber B</t>
+  </si>
+  <si>
+    <t>2022-11-14 19:21:06</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/57</t>
+  </si>
+  <si>
+    <t>10.1242/jeb.244565</t>
+  </si>
+  <si>
+    <t>Optogenetically induced reward and ‘frustration’ memory in larval &lt;i&gt;Drosophila melanogaster&lt;/i&gt;</t>
+  </si>
+  <si>
+    <t>J Exp Biol</t>
+  </si>
+  <si>
+    <t>0022-0949</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1242/jeb.244565</t>
+  </si>
+  <si>
+    <t>Thoener J, Weiglein A, Gerber B, Schleyer M</t>
+  </si>
+  <si>
+    <t>2022-11-14 19:22:30</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/58</t>
+  </si>
+  <si>
+    <t>10.1371/journal.pbio.3001730</t>
+  </si>
+  <si>
+    <t>A brain-wide form of presynaptic active zone plasticity orchestrates resilience to brain aging in Drosophila</t>
+  </si>
+  <si>
+    <t>PLOS Biology</t>
+  </si>
+  <si>
+    <t>1545-7885</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1371/journal.pbio.3001730</t>
+  </si>
+  <si>
+    <t>e3001730</t>
+  </si>
+  <si>
+    <t>PLoS Biol</t>
+  </si>
+  <si>
+    <t>Huang S, Piao C, Beuschel CB, Zhao Z, Sigrist SJ</t>
+  </si>
+  <si>
+    <t>2022-12-08 20:10:08</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/59</t>
+  </si>
+  <si>
+    <t>rg_owald</t>
+  </si>
+  <si>
+    <t>10.7554/elife.80445</t>
+  </si>
+  <si>
+    <t>Postsynaptic plasticity of cholinergic synapses underlies the induction and expression of appetitive and familiarity memories in Drosophila</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.7554/elife.80445</t>
+  </si>
+  <si>
+    <t>Pribbenow C, Chen Y, Heim M, Laber D, Reubold S, Reynolds E, Balles I, Fernández-d V Alquicira T, Suárez-Grimalt R, Scheunemann L, Rauch C, Matkovic T, Rösner J, Lichtner G, Jagannathan SR, Owald D</t>
+  </si>
+  <si>
+    <t>Pribbenow C</t>
+  </si>
+  <si>
+    <t>Owald D</t>
+  </si>
+  <si>
+    <t>2022-12-08 20:11:59</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/60</t>
+  </si>
+  <si>
+    <t>10.1016/j.cub.2023.01.032</t>
+  </si>
+  <si>
+    <t>Neuronal excitability as a regulator of circuit remodeling</t>
+  </si>
+  <si>
+    <t>1879-0445</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1016/j.cub.2023.01.032</t>
+  </si>
+  <si>
+    <t>Curr Biol</t>
+  </si>
+  <si>
+    <t>Mayseless O, Shapira G, Rachad EY, Fiala A, Schuldiner O</t>
+  </si>
+  <si>
+    <t>2023-02-14 10:48:25</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/61</t>
+  </si>
+  <si>
+    <t>10.1242/jeb.244915</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1242/jeb.244915</t>
+  </si>
+  <si>
+    <t>2023-02-14 11:28:36</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/62</t>
+  </si>
+  <si>
+    <t>10.1101/2022.12.21.521372</t>
+  </si>
+  <si>
+    <t>Prediction error drives associative olfactory learning and conditioned behavior in a spiking model of Drosophila larva</t>
+  </si>
+  <si>
+    <t>no ISSN (NLM ID:101680187)</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1101/2022.12.21.521372</t>
+  </si>
+  <si>
+    <t>Final article published in iScience here: doi:10.1016/j.isci.2023.108640</t>
+  </si>
+  <si>
+    <t>Jürgensen A, Sakagiannis P, Schleyer M, Gerber B, Nawrot MP</t>
+  </si>
+  <si>
+    <t>2024-01-02 11:31:30</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/63</t>
+  </si>
+  <si>
+    <t>10.1098/rsob.220308</t>
+  </si>
+  <si>
+    <t>High-resolution analysis of individual            &lt;i&gt;Drosophila melanogaster&lt;/i&gt;            larvae uncovers individual variability in locomotion and its neurogenetic modulation</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1098/rsob.220308</t>
+  </si>
+  <si>
+    <t>Thane M, Paisios E, Stöter T, Krüger A, Gläß S, Dahse A, Scholz N, Gerber B, Lehmann DJ, Schleyer M</t>
+  </si>
+  <si>
+    <t>2023-05-01 18:12:32</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/64</t>
+  </si>
+  <si>
+    <t>10.1101/2022.09.14.507924</t>
+  </si>
+  <si>
+    <t>The mushroom body output encodes behavioral decision during sensory-motor transformation</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1101/2022.09.14.507924</t>
+  </si>
+  <si>
+    <t>Arican C, Johannes Schmitt F, Rössler W, Strube-Bloss MF, Nawrot MP</t>
+  </si>
+  <si>
+    <t>2023-06-12 08:54:30</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/65</t>
+  </si>
+  <si>
+    <t>10.1101/2023.09.11.557174v1</t>
+  </si>
+  <si>
+    <t>Minimal circuit motifs for second-order conditioning in the insect mushroom body</t>
+  </si>
+  <si>
+    <t>https://www.biorxiv.org/content/10.1101/2023.09.11.557174v1</t>
+  </si>
+  <si>
+    <t>Jürgensen A.-M., Schmitt F.J., Nawrot M.P.</t>
+  </si>
+  <si>
+    <t>Jürgensen A.-M.</t>
+  </si>
+  <si>
+    <t>Nawrot M.P.</t>
+  </si>
+  <si>
+    <t>2023-09-14 07:23:26</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/66</t>
+  </si>
+  <si>
+    <t>10.1016/j.cub.2023.08.016</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1016/j.cub.2023.08.016</t>
+  </si>
+  <si>
+    <t>Arican C, Schmitt F J, Rössler W, Strube-Bloss M F, Nawrot M P</t>
+  </si>
+  <si>
+    <t>Nawrot M P</t>
+  </si>
+  <si>
+    <t>2023-09-14 11:06:47</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/67</t>
+  </si>
+  <si>
+    <t>TP2, TP4</t>
+  </si>
+  <si>
+    <t>10.1016/j.isci.2023.108640</t>
+  </si>
+  <si>
+    <t>Prediction error drives associative learning and conditioned behavior in a spiking model of Drosophila larva</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1016/j.isci.2023.108640</t>
+  </si>
+  <si>
+    <t>2024-02-12 10:40:57</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/68</t>
+  </si>
+  <si>
+    <t>10.3389/fphys.2023.1326307</t>
+  </si>
+  <si>
+    <t>Jürgensen Anna-Maria, Schmitt Felix Johannes , Nawrot Martin Paul</t>
+  </si>
+  <si>
+    <t>Jürgensen Anna-Maria</t>
+  </si>
+  <si>
+    <t>Nawrot Martin Paul</t>
+  </si>
+  <si>
+    <t>2024-01-10 08:14:09</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/69</t>
+  </si>
+  <si>
+    <t>Dataset</t>
+  </si>
+  <si>
+    <t>10.12751/g-node.13f8wi</t>
+  </si>
+  <si>
+    <t>Mushroom body encodes behavioral decision</t>
+  </si>
+  <si>
+    <t>G-Node</t>
+  </si>
+  <si>
+    <t>https://doi.gin.g-node.org/10.12751/g-node.13f8wi</t>
+  </si>
+  <si>
+    <t>Arican C, Nawrot MP</t>
+  </si>
+  <si>
+    <t>2024-05-27 07:09:17</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/70</t>
+  </si>
+  <si>
+    <t>10.1101/lm.054013.124</t>
+  </si>
+  <si>
+    <t>Presynaptic regulators in memory formation</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1101/lm.054013.124</t>
+  </si>
+  <si>
+    <t>a054013</t>
+  </si>
+  <si>
+    <t>Turrel O, Gao L, Sigrist SJ</t>
+  </si>
+  <si>
+    <t>2024-06-17 07:33:37</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/71</t>
+  </si>
+  <si>
+    <t>Editorial</t>
+  </si>
+  <si>
+    <t>10.1101/lm.053827.123</t>
+  </si>
+  <si>
+    <t>What do the mushroom bodies do for the insect brain? Twenty-five years of progress</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1101/lm.053827.123</t>
+  </si>
+  <si>
+    <t>a053827</t>
+  </si>
+  <si>
+    <t>Fiala A, Kaun KR</t>
+  </si>
+  <si>
+    <t>Kaun KR</t>
+  </si>
+  <si>
+    <t>2024-06-17 07:36:00</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/72</t>
+  </si>
+  <si>
+    <t>10.1101/lm.053997.124</t>
+  </si>
+  <si>
+    <t>The caloric value of food intake structurally adjusts a neuronal mushroom body circuit mediating olfactory learning in&lt;i&gt;Drosophila&lt;/i&gt;</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1101/lm.053997.124</t>
+  </si>
+  <si>
+    <t>a053997</t>
+  </si>
+  <si>
+    <t>Çoban B, Poppinga H, Rachad EY, Geurten B, Vasmer D, Rodriguez Jimenez FJ, Gadgil Y, Deimel SH, Alyagor I, Schuldiner O, Grunwald Kadow IC, Riemensperger TD, Widmann A, Fiala A</t>
+  </si>
+  <si>
+    <t>Çoban B</t>
+  </si>
+  <si>
+    <t>2024-06-17 07:38:06</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/73</t>
+  </si>
+  <si>
+    <t>10.1101/lm.053918.124</t>
+  </si>
+  <si>
+    <t>An integrative sensor of body states: how the mushroom body modulates behavior depending on physiological context</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1101/lm.053918.124</t>
+  </si>
+  <si>
+    <t>a053918</t>
+  </si>
+  <si>
+    <t>Suárez-Grimalt R, Grunwald Kadow IC, Scheunemann L</t>
+  </si>
+  <si>
+    <t>Suárez-Grimalt R</t>
+  </si>
+  <si>
+    <t>Scheunemann L</t>
+  </si>
+  <si>
+    <t>2024-06-19 07:20:19</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/74</t>
+  </si>
+  <si>
+    <t>10.1101/lm.053919.124</t>
+  </si>
+  <si>
+    <t>Skewing information flow through pre- and postsynaptic plasticity in the mushroom bodies of&lt;i&gt;Drosophila&lt;/i&gt;</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1101/lm.053919.124</t>
+  </si>
+  <si>
+    <t>a053919</t>
+  </si>
+  <si>
+    <t>Pribbenow C, Owald D</t>
+  </si>
+  <si>
+    <t>2024-06-19 07:21:11</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/75</t>
+  </si>
+  <si>
+    <t>10.1101/2024.06.27.600982</t>
+  </si>
+  <si>
+    <t>Compromising tyrosine hydroxylase function establishes a delusion-like temporal profile of reinforcement by dopamine neurons in&lt;i&gt;Drosophila&lt;/i&gt;</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1101/2024.06.27.600982</t>
+  </si>
+  <si>
+    <t>Amin F, König C, Zhang J, Kalinichenko LS, Königsmann S, Brunsberg V, Riemensperger TD, Müller CP, Gerber B</t>
+  </si>
+  <si>
+    <t>Amin F</t>
+  </si>
+  <si>
+    <t>2024-10-09 10:27:38</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/76</t>
+  </si>
+  <si>
+    <t>10.1101/2023.01.24.525468</t>
+  </si>
+  <si>
+    <t>An antagonism between Spinophilin and Syd-1 operates upstream of memory-promoting presynaptic long-term plasticity</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1101/2023.01.24.525468</t>
+  </si>
+  <si>
+    <t>Ramesh N, Escher M, Turrel O, Lützkendorf J, Matkovic T, Liu F, Sigrist SJ</t>
+  </si>
+  <si>
+    <t>2024-10-09 10:34:26</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/77</t>
+  </si>
+  <si>
+    <t>10.1523/jneurosci.1498-24.2024</t>
+  </si>
+  <si>
+    <t>Compromising tyrosine hydroxylase function extends and blunts the temporal profile of reinforcement by dopamine neurons in Drosophila</t>
+  </si>
+  <si>
+    <t>Journal of Neuroscience</t>
+  </si>
+  <si>
+    <t>1529-2401</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1523/jneurosci.1498-24.2024</t>
+  </si>
+  <si>
+    <t>e1498242024</t>
+  </si>
+  <si>
+    <t>2025-01-06 14:43:07</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/78</t>
+  </si>
+  <si>
+    <t>10.1101/2025.01.23.634646</t>
+  </si>
+  <si>
+    <t>Individual dopaminergic neurons induce unique, yet overlapping combinations of behavioural modulations including safety learning, memory retrieval and acute locomotion</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1101/2025.01.23.634646</t>
+  </si>
+  <si>
+    <t>Toshima N, Behrad A, Behnke F, Kaushik G, Weiglein A, Strauch M, Thoener J, Kobler O, Wang MLM, Dörr M, Schleyer M</t>
+  </si>
+  <si>
+    <t>2025-01-29 15:25:54</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/79</t>
+  </si>
+  <si>
+    <t>10.1371/journal.pbio.3003076</t>
+  </si>
+  <si>
+    <t>Enhanced memory despite severe sleep loss in Drosophila insomniac mutants</t>
+  </si>
+  <si>
+    <t>1544-9173</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1371/journal.pbio.3003076</t>
+  </si>
+  <si>
+    <t>e3003076</t>
+  </si>
+  <si>
+    <t>Huang S, Piao C, Zhao Z, Beuschel CB, Turrel O, Toppe D, Sigrist SJ</t>
+  </si>
+  <si>
+    <t>2025-03-24 08:20:19</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/80</t>
+  </si>
+  <si>
+    <t>10.1016/j.celrep.2025.115593</t>
+  </si>
+  <si>
+    <t>Functional dissection of a neuronal brain circuit mediating higher-order associative learning</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1016/j.celrep.2025.115593</t>
+  </si>
+  <si>
+    <t>Cell Rep</t>
+  </si>
+  <si>
+    <t>Rachad EY, Deimel SH, Epple L, Gadgil YV, Jürgensen A, Springer M, Lin C, Nawrot MP, Lin S, Fiala A</t>
+  </si>
+  <si>
+    <t>Rachad EY</t>
+  </si>
+  <si>
+    <t>2025-04-21 15:30:18</t>
+  </si>
+  <si>
+    <t>https://for2705.de/literature/publications/81</t>
+  </si>
+  <si>
+    <t>10.3389/fncir.2025.1563401</t>
+  </si>
+  <si>
+    <t>The innexin 7 gap junction protein contributes to synchronized activity in the Drosophila antennal lobe and regulates olfactory function</t>
+  </si>
+  <si>
+    <t>Frontiers in Neural Circuits</t>
+  </si>
+  <si>
+    <t>1662-5110</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.3389/fncir.2025.1563401</t>
+  </si>
+  <si>
+    <t>Front Neural Circuits</t>
+  </si>
+  <si>
+    <t>Fuenzalida-Uribe N, Hidalgo S, Silva B, Gandhi S, Vo D, Zamani P, Holmes TC, Sayin S, Grunwald Kadow IC, Hadjieconomou D, O’Dowd DK, Campusano JM</t>
+  </si>
+  <si>
+    <t>Fuenzalida-Uribe N</t>
+  </si>
+  <si>
+    <t>Campusano JM</t>
+  </si>
+  <si>
+    <t>2025-05-02 09:37:28</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113038</t>
+  </si>
+  <si>
+    <t>Generic External ID: http://learnmem.cshlp.org/content/suppl/2019/03/21/26.4.109.DC1/Supplemental_Fig_S1.pdf</t>
+  </si>
+  <si>
+    <t>Generic External ID: http://learnmem.cshlp.org/content/suppl/2019/03/21/26.4.109.DC1/Supplemental_Fig_S2.pdf</t>
+  </si>
+  <si>
+    <t>Generic External ID: http://learnmem.cshlp.org/content/suppl/2019/03/21/26.4.109.DC1/Supplemental_Fig_S3.pdf</t>
+  </si>
+  <si>
+    <t>Generic External ID: http://learnmem.cshlp.org/content/suppl/2019/03/21/26.4.109.DC1/Supplemental_Fig_S4.pdf</t>
+  </si>
+  <si>
+    <t>Generic External ID: http://learnmem.cshlp.org/content/suppl/2019/03/21/26.4.109.DC1/Supplemental_Fig_S5.pdf</t>
+  </si>
+  <si>
+    <t>Generic External ID: http://learnmem.cshlp.org/content/suppl/2019/03/21/26.4.109.DC1/Supplemental_Fig_S6.pdf</t>
+  </si>
+  <si>
+    <t>Generic External ID: http://learnmem.cshlp.org/content/suppl/2019/03/21/26.4.109.DC1/Supplemental_Fig_S7.pdf</t>
+  </si>
+  <si>
+    <t>Generic External ID: http://learnmem.cshlp.org/content/suppl/2019/03/21/26.4.109.DC1/Supplemental_Fig_S8.pdf</t>
+  </si>
+  <si>
+    <t>Generic External ID: http://learnmem.cshlp.org/content/suppl/2019/03/21/26.4.109.DC1/Supplemental_Fig_S9.pdf</t>
+  </si>
+  <si>
+    <t>Generic External ID: http://learnmem.cshlp.org/content/suppl/2019/03/21/26.4.109.DC1/Supplemental_One-trial_Data.xlsx</t>
+  </si>
+  <si>
+    <t>NCBI.taxonomy: https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0003-3003-0051</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0001-8020-1483</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0003-4626-328X</t>
+  </si>
+  <si>
+    <t>Wikidata ID: https://www.wikidata.org/wiki/Q92538152</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113039</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-019-09262-2/MediaObjects/41467_2019_9262_MOESM1_ESM.pdf</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-019-09262-2/MediaObjects/41467_2019_9262_MOESM2_ESM.pdf</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-019-09262-2/MediaObjects/41467_2019_9262_MOESM3_ESM.pdf</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-1698-5815</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0001-5245-8169</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0001-9052-9271</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_015807</t>
+  </si>
+  <si>
+    <t>Wikidata ID: https://www.wikidata.org/wiki/Q64066965</t>
+  </si>
+  <si>
+    <t>DOI - Digital Object Identifier: https://doi.org/10.5281/zenodo.1247442</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113069</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0003-4133-6419</t>
+  </si>
+  <si>
+    <t>Published Data Registry (FOR 2705): https://for2705.de/literature/publications/46</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_001622</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113065</t>
+  </si>
+  <si>
+    <t>Wikidata ID: https://www.wikidata.org/wiki/Q93038060</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113066</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://ars.els-cdn.com/content/image/1-s2.0-S2352154618301189-mmc1.pptx</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://ars.els-cdn.com/content/image/1-s2.0-S2352154618301189-mmc2.xlsx</t>
+  </si>
+  <si>
+    <t>NCBI.taxonomy: https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10116</t>
+  </si>
+  <si>
+    <t>NCBI.taxonomy: https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606</t>
+  </si>
+  <si>
+    <t>Wikidata ID: https://www.wikidata.org/wiki/Q60682066</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113040</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://rs.figshare.com/ndownloader/files/15660416</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0001-6190-9443</t>
+  </si>
+  <si>
+    <t>Wikidata ID: https://www.wikidata.org/wiki/Q91560647</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113070</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-9745-5145</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-1816-3241</t>
+  </si>
+  <si>
+    <t>Published Data Registry (FOR 2705): https://for2705.de/literature/publications/19</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/78786</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://www.jove.com/pdf-materials/60288</t>
+  </si>
+  <si>
+    <t>Wikidata ID: https://www.wikidata.org/wiki/Q90968580</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113041</t>
+  </si>
+  <si>
+    <t>Generic External ID: http://learnmem.cshlp.org/content/suppl/2019/10/01/26.11.424.DC1/Supplemental_datasetREV.xlsx</t>
+  </si>
+  <si>
+    <t>Generic External ID: http://learnmem.cshlp.org/content/suppl/2019/10/01/26.11.424.DC1/Supplemental_Figures_.pdf</t>
+  </si>
+  <si>
+    <t>Wikidata ID: https://www.wikidata.org/wiki/Q90729852</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113042</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://ndownloader.figshare.com/articles/10009697/versions/1</t>
+  </si>
+  <si>
+    <t>Wikidata ID: https://www.wikidata.org/wiki/Q90847712</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113043</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://www.cell.com/cms/10.1016/j.cub.2020.01.019/attachment/7009907a-45eb-4557-a66c-edb76d5ad77d/mmc1.pdf</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-5894-1474</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/046ak2485</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/001w7jn25</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/AB_2314866</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/AB_528203</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/AB_528479</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/AB_528484</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/AB_300798</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/AB_477593</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/AB_142924</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/AB_2534069</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/AB_2534032</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/AB_2337423</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/AB_2338967</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_5905</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_16588</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_15858</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_18307</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_23092</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_458</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_39198</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_39499</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_26264</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_49032</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_48571</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_32188</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_66542</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_002285</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_002798</t>
+  </si>
+  <si>
+    <t>Wikidata ID: https://www.wikidata.org/wiki/Q90110530</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113044</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-0607-9/MediaObjects/41593_2020_607_MOESM1_ESM.pdf</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-0607-9/MediaObjects/41593_2020_607_MOESM3_ESM.csv</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-0607-9/MediaObjects/41593_2020_607_MOESM4_ESM.csv</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-0607-9/MediaObjects/41593_2020_607_MOESM5_ESM.csv</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-0607-9/MediaObjects/41593_2020_607_MOESM6_ESM.zip</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-0607-9/MediaObjects/41593_2020_607_MOESM7_ESM.xlsx</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://l1em.catmaid.virtualflybrain.org/</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-8092-3440</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0001-9477-3853</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-7833-8621</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-1577-1057</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-3830-6596</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-1558-100X</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0003-2422-6576</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0003-4941-6536</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-3149-2250</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/013sk6x84</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/013meh722</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/00hj8s172</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/00dcv1019</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/00h25w961</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/01pxwe438</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/03s7gtk40</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/00ggpsq73</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/00cvxb145</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_008954</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_006278</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_55134</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_55138</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_44276</t>
+  </si>
+  <si>
+    <t>Wikidata ID: https://www.wikidata.org/wiki/Q90591952</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113045</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-8679-5515</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0001-6960-1910</t>
+  </si>
+  <si>
+    <t>Wikidata ID: https://www.wikidata.org/wiki/Q91757016</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113046</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-9052-0258</t>
+  </si>
+  <si>
+    <t>Wikidata ID: https://www.wikidata.org/wiki/Q92861624</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113047</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/010s54n03</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/AB_2314865</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_52448</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_32205</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_82181</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_013673</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_014237</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_018863</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_003070</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_010279</t>
+  </si>
+  <si>
+    <t>Wikidata ID: https://www.wikidata.org/wiki/Q92928144</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/78536</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-5872-7398</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/01y9bpm73</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_014212</t>
+  </si>
+  <si>
+    <t>Wikidata ID: https://www.wikidata.org/wiki/Q89964340</t>
+  </si>
+  <si>
+    <t>DOI - Digital Object Identifier: https://doi.org/10.17632/wf7gz3wfr3.1</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/81771</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://de.mathworks.com/matlabcentral/fileexchange/27418-fdr_bh</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://github.com/zerotonin/KCC_KenyonCellCorrelator</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0003-1387-6805</t>
+  </si>
+  <si>
+    <t>Published Data Registry (FOR 2705): https://for2705.de/literature/publications/9</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_1744</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_5132</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_52267</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_52268</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_27637</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_32237</t>
+  </si>
+  <si>
+    <t>Wikidata ID: https://www.wikidata.org/wiki/Q91730171</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113048</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0001-5617-127X</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/05ewdps05</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/00rcxh774</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/01hcx6992</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_008394</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_002998</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_008633</t>
+  </si>
+  <si>
+    <t>Wikidata ID: https://www.wikidata.org/wiki/Q90050844</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113049</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-8597-751X</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/01zwmgk08</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/04xfq0f34</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/046rm7j60</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/0546hnb39</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/03d1zwe41</t>
+  </si>
+  <si>
+    <t>Wikidata ID: https://www.wikidata.org/wiki/Q96684700</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113050</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://ars.els-cdn.com/content/image/1-s2.0-S0960982220305510-mmc1.pdf</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://ars.els-cdn.com/content/image/1-s2.0-S0960982220305510-mmc3.pdf</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-9085-4274</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-5108-8204</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0001-7118-4079</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-1495-9314</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/02kkvpp62</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/03ap2av50</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/02h1nk258</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/025z3z560</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/AB_2576217</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/AB_141372</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/AB_2336883</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_8848</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_41347</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_42747</t>
+  </si>
+  <si>
+    <t>Wikidata ID: https://www.wikidata.org/wiki/Q94585540</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113051</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_007370</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_014213</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_58374</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_3605</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/AB_2338687</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/AB_2338965</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/AB_221569</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/AB_528235</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/AB_2633280</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/AB_10772277</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/AB_305635</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/AB_2571647</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/AB_2534031</t>
+  </si>
+  <si>
+    <t>Wikidata ID: https://www.wikidata.org/wiki/Q99611484</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113052</t>
+  </si>
+  <si>
+    <t>Wikidata ID: https://www.wikidata.org/wiki/Q100421462</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113053</t>
+  </si>
+  <si>
+    <t>Wikidata ID: https://www.wikidata.org/wiki/Q101120675</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113067</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-0990-0342</t>
+  </si>
+  <si>
+    <t>Wikidata ID: https://www.wikidata.org/wiki/Q92246544</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113054</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-6081-9195</t>
+  </si>
+  <si>
+    <t>Published Data Registry (FOR 2705): https://for2705.de/literature/publications/45</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113071</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/000-0002-8597-751X</t>
+  </si>
+  <si>
+    <t>Published Data Registry (FOR 2705): https://for2705.de/literature/publications/43</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113072</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://www.biorxiv.org/content/10.1101/2020.09.19.304774v2.full.pdf</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-3366-4706</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-1033-5387</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/86473</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://www.sciencedirect.com/science/article/pii/S2666166720301970/pdfft?isDTMRedir=true&amp;download=true</t>
+  </si>
+  <si>
+    <t>Wikidata ID: https://www.wikidata.org/wiki/Q104617040</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113073</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://www.biorxiv.org/content/biorxiv/early/2021/01/28/2021.01.28.428398/DC1/embed/media-1.pdf</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://www.biorxiv.org/content/biorxiv/early/2021/01/28/2021.01.28.428398/DC2/embed/media-2.pdf</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://www.biorxiv.org/content/biorxiv/early/2021/01/28/2021.01.28.428398/DC3/embed/media-3.mp4</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://www.biorxiv.org/content/biorxiv/early/2021/01/28/2021.01.28.428398/DC4/embed/media-4.mp4</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://www.biorxiv.org/content/biorxiv/early/2021/01/28/2021.01.28.428398/DC5/embed/media-5.mp4</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://www.biorxiv.org/content/biorxiv/early/2021/01/28/2021.01.28.428398/DC6/embed/media-6.mp4</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://www.biorxiv.org/content/biorxiv/early/2021/01/28/2021.01.28.428398/DC7/embed/media-7.mp4</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://www.biorxiv.org/content/biorxiv/early/2021/01/28/2021.01.28.428398/DC8/embed/media-8.mp4</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://www.biorxiv.org/content/biorxiv/early/2021/01/28/2021.01.28.428398/DC9/embed/media-9.pdf</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0001-7173-9919</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-4372-8611</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-9187-930X</t>
+  </si>
+  <si>
+    <t>Published Data Registry (FOR 2705): https://for2705.de/literature/publications/42</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_021315</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113074</t>
+  </si>
+  <si>
+    <t>NCBI.taxonomy: https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7460</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0001-8264-7534</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0003-1585-1433</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-9576-039X</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/02hpadn98</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113055</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://www.pnas.org/highwire/filestream/975352/field_highwire_adjunct_files/0/pnas.2016754118.sapp.pdf</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/01fxdkm29</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113056</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://www.jove.com/de/pdf-materials/61876/jove-materials-61876-preparing-adult-drosophila-melanogaster-for-whole-brain-imaging</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0003-2311-3756</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113057</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-7099-4093</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-0947-9172</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-6348-4909</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0003-1884-284X</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/03taz7m60</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113058</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://www.cell.com/cms/10.1016/j.celrep.2021.108941/attachment/84231e6f-d291-4a8c-83d4-bdad5c876971/mmc1.pdf</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://www.cell.com/cms/10.1016/j.celrep.2021.108941/attachment/6cbefd86-a7fb-4f29-8e8f-aa0090c512e9/mmc2.xlsx</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://www.cell.com/cms/10.1016/j.celrep.2021.108941/attachment/b39651f4-cd74-498f-8c5e-a469c6231ae8/mmc3.xlsx</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://www.cell.com/cms/10.1016/j.celrep.2021.108941/attachment/1a4cf11f-de4e-4b1a-ac4f-afafe930c862/mmc4.xlsx</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-5802-1045</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-2673-0488</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0001-5051-6281</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-5590-5726</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0001-7386-0990</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-5070-1329</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-2358-549X</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/02jhqqg57</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/02eva5865</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/031t5w623</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/01faaaf77</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113075</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/84997</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-021-22180-6/MediaObjects/41467_2021_22180_MOESM1_ESM.pdf</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-0831-3576</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0001-9275-3146</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/03ate3e03</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_008058</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_014325</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/82778</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://ars.els-cdn.com/content/image/1-s2.0-S2211124721001856-mmc1.pdf</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://ars.els-cdn.com/content/image/1-s2.0-S2211124721001856-mmc2.xlsx</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://ars.els-cdn.com/content/image/1-s2.0-S2211124721001856-mmc4.pdf</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/043j0f473</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/041nas322</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_014283</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_010457</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_007353</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113076</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-7871-1887</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0001-5947-5551</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-5518-8990</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-7109-1689</t>
+  </si>
+  <si>
+    <t>Published Data Registry (FOR 2705): https://for2705.de/literature/publications/51</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/012p63287</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/02crff812</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/05a28rw58</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113077</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113059</t>
+  </si>
+  <si>
+    <t>Published Data Registry (FOR 2705): https://for2705.de/literature/publications/31</t>
+  </si>
+  <si>
+    <t>Wikidata ID: https://www.wikidata.org/wiki/Q122872998</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113060</t>
+  </si>
+  <si>
+    <t>Published Data Registry (FOR 2705): https://for2705.de/literature/publications/28</t>
+  </si>
+  <si>
+    <t>Wikidata ID: https://www.wikidata.org/wiki/Q123234102</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113068</t>
+  </si>
+  <si>
+    <t>NCBI.taxonomy: https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090</t>
+  </si>
+  <si>
+    <t>NCBI.taxonomy: https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7955</t>
+  </si>
+  <si>
+    <t>NCBI.taxonomy: https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=8355</t>
+  </si>
+  <si>
+    <t>NCBI.taxonomy: https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=6239</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113078</t>
+  </si>
+  <si>
+    <t>Published Data Registry (FOR 2705): https://for2705.de/literature/publications/27</t>
+  </si>
+  <si>
+    <t>DOI - Digital Object Identifier: https://doi.org/10.5281/zenodo.3603129</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113061</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://ars.els-cdn.com/content/image/1-s2.0-S2589004220300353-mmc1.pdf</t>
+  </si>
+  <si>
+    <t>Published Data Registry (FOR 2705): https://for2705.de/literature/publications/5</t>
+  </si>
+  <si>
+    <t>Wikidata ID: https://www.wikidata.org/wiki/Q89717466</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113064</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113079</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-9556-8541</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-7350-9380</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/0316ej306</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113080</t>
+  </si>
+  <si>
+    <t>Published Data Registry (FOR 2705): https://for2705.de/literature/publications/50</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/98969</t>
+  </si>
+  <si>
+    <t>Published Data Registry (FOR 2705): https://for2705.de/literature/publications/49</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113062</t>
+  </si>
+  <si>
+    <t>Published Data Registry (FOR 2705): https://for2705.de/literature/publications/40</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/113063</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://www.frontiersin.org/articles/10.3389/fnsyn.2021.798204/pdf</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/112033</t>
+  </si>
+  <si>
+    <t>Generic External ID: http://hdl.handle.net/21.11124/For2705_000095</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://static-content.springer.com/esm/art%3A10.1038%2Fs41598-022-14413-5/MediaObjects/41598_2022_14413_MOESM1_ESM.pdf</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://www.nature.com/articles/s41598-022-14413-5.pdf</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-4678-4926</t>
+  </si>
+  <si>
+    <t>Wikidata ID: https://www.wikidata.org/wiki/Q114945879</t>
+  </si>
+  <si>
+    <t>Research Data Archive (FOR2705): https://for2705.de/archive/4/100</t>
+  </si>
+  <si>
+    <t>Wikidata ID: https://www.wikidata.org/wiki/Q114059089</t>
+  </si>
+  <si>
+    <t>Wikidata ID: https://www.wikidata.org/wiki/Q123115119</t>
+  </si>
+  <si>
+    <t>Wikidata ID: https://www.wikidata.org/wiki/Q125341947</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://www.sciencedirect.com/science/article/pii/S0960982223000660/pdfft?md5=404c4fbfbaa32e506f682767cb23934d&amp;pid=1-s2.0-S0960982223000660-main.pdf</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://ars.els-cdn.com/content/image/1-s2.0-S0960982223000660-mmc1.pdf</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/AB_10000240</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/AB_10094468</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/AB_2534728</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/AB_141778</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/AB_2633277</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_32185</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_32186</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_6872</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_854</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_30005</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_39604</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_28997</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_6595</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_91802</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_42644</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_51817</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_54595</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_83036</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_92531</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_58762</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_78320</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/BDSC_60522</t>
+  </si>
+  <si>
+    <t>Wikidata ID: https://www.wikidata.org/wiki/Q122899921</t>
+  </si>
+  <si>
+    <t>Published Data Registry (FOR 2705): https://for2705.de/literature/publications/67</t>
+  </si>
+  <si>
+    <t>Published Data Registry (FOR 2705): https://for2705.de/literature/publications/62</t>
+  </si>
+  <si>
+    <t>External Resources</t>
+  </si>
+  <si>
+    <t>primary: Goat Anti-Mouse IgG H&amp;L (Cy3 ®) preadsorbed (ab97035)</t>
+  </si>
+  <si>
+    <t>primary: GFP Monoclonal Antibody (3E6)</t>
+  </si>
+  <si>
+    <t>secondary: Goat anti-Rabbit IgG (H+L) Cross-Adsorbed Secondary Antibody, Alexa Fluor 488</t>
+  </si>
+  <si>
+    <t>primary: Mouse anti-discs large (DLG)</t>
+  </si>
+  <si>
+    <t>primary: Rabbit anti-GFP</t>
+  </si>
+  <si>
+    <t>secondary: Mouse anti-IgG (Alexa Fluor 633)</t>
+  </si>
+  <si>
+    <t>secondary: Rabbit anti-IgG (Alexa Fluor 488)</t>
+  </si>
+  <si>
+    <t>Linked Antibodies</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
-  <fonts count="1">
+  <fonts count="2">
     <font>
       <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
+      <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="1">
+  <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -420,138 +3598,7564 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/3" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/4" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/5" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/6" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/7" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/8" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/9" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/10" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/11" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/12" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/13" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/14" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/15" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/16" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/17" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/18" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/19" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/20" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/21" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/22" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/23" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/24" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/25" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/26" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/27" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/28" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/29" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/30" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/31" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/32" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/33" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/34" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/35" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/36" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/37" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/38" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/39" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/40" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/41" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/42" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/43" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/44" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/45" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/46" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/47" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/48" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/49" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/50" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/51" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/52" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/53" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/54" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/55" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/56" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/57" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/58" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/59" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/60" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/61" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/62" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/63" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/64" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/65" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/66" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/67" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/68" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/69" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/70" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/71" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/72" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/73" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/74" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/75" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/76" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/77" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/78" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/79" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/80" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/81" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113038" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://learnmem.cshlp.org/content/suppl/2019/03/21/26.4.109.DC1/Supplemental_Fig_S1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://learnmem.cshlp.org/content/suppl/2019/03/21/26.4.109.DC1/Supplemental_Fig_S2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://learnmem.cshlp.org/content/suppl/2019/03/21/26.4.109.DC1/Supplemental_Fig_S3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://learnmem.cshlp.org/content/suppl/2019/03/21/26.4.109.DC1/Supplemental_Fig_S4.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://learnmem.cshlp.org/content/suppl/2019/03/21/26.4.109.DC1/Supplemental_Fig_S5.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://learnmem.cshlp.org/content/suppl/2019/03/21/26.4.109.DC1/Supplemental_Fig_S6.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://learnmem.cshlp.org/content/suppl/2019/03/21/26.4.109.DC1/Supplemental_Fig_S7.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://learnmem.cshlp.org/content/suppl/2019/03/21/26.4.109.DC1/Supplemental_Fig_S8.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://learnmem.cshlp.org/content/suppl/2019/03/21/26.4.109.DC1/Supplemental_Fig_S9.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://learnmem.cshlp.org/content/suppl/2019/03/21/26.4.109.DC1/Supplemental_One-trial_Data.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3003-0051" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8020-1483" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4626-328X" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q92538152" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113039" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-019-09262-2/MediaObjects/41467_2019_9262_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-019-09262-2/MediaObjects/41467_2019_9262_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-019-09262-2/MediaObjects/41467_2019_9262_MOESM3_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1698-5815" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5245-8169" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9052-9271" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015807" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q64066965" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.1247442" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113069" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4133-6419" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/46" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113065" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8020-1483" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q93038060" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113066" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2352154618301189-mmc1.pptx" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2352154618301189-mmc2.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10116" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3003-0051" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q60682066" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113040" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rs.figshare.com/ndownloader/files/15660416" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3003-0051" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6190-9443" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q91560647" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113070" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9745-5145" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1816-3241" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/19" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/78786" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jove.com/pdf-materials/60288" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9745-5145" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q90968580" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113041" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://learnmem.cshlp.org/content/suppl/2019/10/01/26.11.424.DC1/Supplemental_datasetREV.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://learnmem.cshlp.org/content/suppl/2019/10/01/26.11.424.DC1/Supplemental_Figures_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3003-0051" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8020-1483" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4626-328X" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q90729852" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113042" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ndownloader.figshare.com/articles/10009697/versions/1" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8020-1483" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q90847712" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113043" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/cms/10.1016/j.cub.2020.01.019/attachment/7009907a-45eb-4557-a66c-edb76d5ad77d/mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1698-5815" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5245-8169" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5894-1474" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/046ak2485" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/001w7jn25" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2314866" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_528203" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_528479" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_528484" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_300798" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_477593" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_142924" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2534069" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2534032" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2337423" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2338967" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_5905" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_16588" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_15858" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_18307" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_23092" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_458" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_39198" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_39499" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_26264" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_49032" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_48571" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_32188" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_66542" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q90110530" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113044" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-0607-9/MediaObjects/41593_2020_607_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-0607-9/MediaObjects/41593_2020_607_MOESM3_ESM.csv" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-0607-9/MediaObjects/41593_2020_607_MOESM4_ESM.csv" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-0607-9/MediaObjects/41593_2020_607_MOESM5_ESM.csv" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-0607-9/MediaObjects/41593_2020_607_MOESM6_ESM.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-0607-9/MediaObjects/41593_2020_607_MOESM7_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://l1em.catmaid.virtualflybrain.org/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3003-0051" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8092-3440" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9477-3853" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7833-8621" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1577-1057" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3830-6596" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1558-100X" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2422-6576" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4941-6536" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3149-2250" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/013sk6x84" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/013meh722" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00hj8s172" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00dcv1019" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00h25w961" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01pxwe438" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03s7gtk40" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00ggpsq73" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cvxb145" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008954" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006278" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_55134" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_55138" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_44276" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q90591952" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113045" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8679-5515" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6960-1910" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q91757016" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113046" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4133-6419" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9052-0258" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q92861624" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113047" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1698-5815" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9052-9271" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5245-8169" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/046ak2485" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/001w7jn25" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/010s54n03" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2314865" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_48571" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_52448" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_32205" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_82181" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_013673" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014237" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018863" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010279" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q92928144" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/78536" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9745-5145" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5872-7398" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014212" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q89964340" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17632/wf7gz3wfr3.1" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/81771" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de.mathworks.com/matlabcentral/fileexchange/27418-fdr_bh" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/zerotonin/KCC_KenyonCellCorrelator" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9745-5145" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1816-3241" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1387-6805" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/9" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_1744" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_5132" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_52267" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_52268" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_27637" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_32237" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q91730171" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113048" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4133-6419" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5617-127X" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05ewdps05" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00rcxh774" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01hcx6992" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002998" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008633" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q90050844" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113049" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3830-6596" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3003-0051" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8597-751X" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4626-328X" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8020-1483" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01zwmgk08" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04xfq0f34" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/046rm7j60" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/0546hnb39" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/013sk6x84" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00h25w961" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/013meh722" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03d1zwe41" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00ggpsq73" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q96684700" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113050" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S0960982220305510-mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S0960982220305510-mmc3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9085-4274" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5108-8204" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7118-4079" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1495-9314" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03ap2av50" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02h1nk258" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2576217" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_141372" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_528203" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2336883" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_8848" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_41347" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_42747" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q94585540" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113051" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3003-0051" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8020-1483" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8597-751X" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4626-328X" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01zwmgk08" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00ggpsq73" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014213" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_58374" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_3605" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2338687" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2338965" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_221569" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_528235" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2633280" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10772277" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_305635" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2571647" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2534031" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2534032" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q99611484" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113052" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9085-4274" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q100421462" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113053" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4133-6419" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q101120675" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113067" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9085-4274" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0990-0342" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q92246544" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113054" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4133-6419" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6081-9195" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/45" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00rcxh774" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113071" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8020-1483" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4626-328X" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/000-0002-8597-751X" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/43" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01zwmgk08" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113072" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/10.1101/2020.09.19.304774v2.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4133-6419" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3366-4706" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1033-5387" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17632/wf7gz3wfr3.1" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/86473" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/zerotonin/KCC_KenyonCellCorrelator" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S2666166720301970/pdfft?isDTMRedir=true&amp;download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1816-3241" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9745-5145" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q104617040" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113073" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/biorxiv/early/2021/01/28/2021.01.28.428398/DC1/embed/media-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/biorxiv/early/2021/01/28/2021.01.28.428398/DC2/embed/media-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/biorxiv/early/2021/01/28/2021.01.28.428398/DC3/embed/media-3.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/biorxiv/early/2021/01/28/2021.01.28.428398/DC4/embed/media-4.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/biorxiv/early/2021/01/28/2021.01.28.428398/DC5/embed/media-5.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/biorxiv/early/2021/01/28/2021.01.28.428398/DC6/embed/media-6.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/biorxiv/early/2021/01/28/2021.01.28.428398/DC7/embed/media-7.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/biorxiv/early/2021/01/28/2021.01.28.428398/DC8/embed/media-8.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/biorxiv/early/2021/01/28/2021.01.28.428398/DC9/embed/media-9.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7173-9919" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4626-328X" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3003-0051" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4372-8611" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9187-930X" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/42" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01zwmgk08" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00ggpsq73" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_021315" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113074" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7460" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8264-7534" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1585-1433" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9576-039X" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4133-6419" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02hpadn98" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01hcx6992" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/046ak2485" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00rcxh774" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113055" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pnas.org/highwire/filestream/975352/field_highwire_adjunct_files/0/pnas.2016754118.sapp.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10116" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1698-5815" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9052-9271" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01fxdkm29" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/046ak2485" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/001w7jn25" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113056" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jove.com/de/pdf-materials/61876/jove-materials-61876-preparing-adult-drosophila-melanogaster-for-whole-brain-imaging" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9085-4274" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2311-3756" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113057" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1698-5815" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7099-4093" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0947-9172" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5894-1474" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6348-4909" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1884-284X" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/046ak2485" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/001w7jn25" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/010s54n03" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03taz7m60" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113058" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/cms/10.1016/j.celrep.2021.108941/attachment/84231e6f-d291-4a8c-83d4-bdad5c876971/mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/cms/10.1016/j.celrep.2021.108941/attachment/6cbefd86-a7fb-4f29-8e8f-aa0090c512e9/mmc2.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/cms/10.1016/j.celrep.2021.108941/attachment/b39651f4-cd74-498f-8c5e-a469c6231ae8/mmc3.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/cms/10.1016/j.celrep.2021.108941/attachment/1a4cf11f-de4e-4b1a-ac4f-afafe930c862/mmc4.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5802-1045" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5245-8169" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2673-0488" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5051-6281" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5590-5726" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7386-0990" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5070-1329" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2358-549X" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1698-5815" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/046ak2485" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/001w7jn25" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02jhqqg57" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02eva5865" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/031t5w623" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01faaaf77" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113075" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/84997" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-021-22180-6/MediaObjects/41467_2021_22180_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1698-5815" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9745-5145" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0831-3576" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9275-3146" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9052-9271" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/046ak2485" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/001w7jn25" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03ate3e03" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_013673" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008058" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014325" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/82778" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721001856-mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721001856-mmc2.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721001856-mmc4.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9745-5145" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8679-5515" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/041nas322" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/013sk6x84" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014283" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010457" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007353" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113076" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7871-1887" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5947-5551" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5518-8990" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7109-1689" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4133-6419" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/51" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00rcxh774" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/012p63287" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02crff812" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05a28rw58" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113077" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1033-5387" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7871-1887" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4133-6419" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00rcxh774" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113059" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7173-9919" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4626-328X" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9187-930X" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3003-0051" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4372-8611" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/31" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01zwmgk08" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00ggpsq73" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_021315" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q122872998" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113060" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8597-751X" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4626-328X" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8020-1483" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/28" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01zwmgk08" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q123234102" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113068" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7955" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=8355" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=6239" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8679-5515" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/041nas322" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113078" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6081-9195" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4133-6419" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/27" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00rcxh774" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.3603129" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113061" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2589004220300353-mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4133-6419" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/5" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q89717466" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113064" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4133-6419" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113079" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9556-8541" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9745-5145" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7350-9380" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/0316ej306" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113080" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9745-5145" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8679-5515" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/50" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/98969" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9745-5145" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8679-5515" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/49" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113062" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7871-1887" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5947-5551" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5518-8990" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7109-1689" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4133-6419" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/40" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00rcxh774" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/012p63287" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02crff812" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05a28rw58" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113063" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frontiersin.org/articles/10.3389/fnsyn.2021.798204/pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1698-5815" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/112033" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hdl.handle.net/21.11124/For2705_000095" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41598-022-14413-5/MediaObjects/41598_2022_14413_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41598-022-14413-5.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9745-5145" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4133-6419" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4678-4926" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00rcxh774" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q114945879" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/archive/4/100" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q114059089" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q123115119" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q125341947" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S0960982223000660/pdfft?md5=404c4fbfbaa32e506f682767cb23934d&amp;pid=1-s2.0-S0960982223000660-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S0960982223000660-mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9745-5145" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10000240" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_528235" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10094468" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2534728" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_141778" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2633277" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_32185" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_32186" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_6872" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_854" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_30005" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_39604" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_28997" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_6595" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_91802" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_26264" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_42644" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_51817" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_54595" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_83036" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_92531" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_58762" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_78320" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_60522" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q122899921" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/67" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/62" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W1"/>
+  <dimension ref="A1:BL80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1"/>
+      <selection activeCell="A1" sqref="A1:BL1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
+  <cols>
+    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="80" customWidth="true" style="0"/>
+    <col min="11" max="11" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="80" customWidth="true" style="0"/>
+    <col min="15" max="15" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="80" customWidth="true" style="0"/>
+    <col min="20" max="20" width="80" customWidth="true" style="0"/>
+    <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="80" customWidth="true" style="0"/>
+    <col min="25" max="25" width="80" customWidth="true" style="0"/>
+    <col min="26" max="26" width="80" customWidth="true" style="0"/>
+    <col min="27" max="27" width="80" customWidth="true" style="0"/>
+    <col min="28" max="28" width="80" customWidth="true" style="0"/>
+    <col min="29" max="29" width="80" customWidth="true" style="0"/>
+    <col min="30" max="30" width="80" customWidth="true" style="0"/>
+    <col min="31" max="31" width="80" customWidth="true" style="0"/>
+    <col min="32" max="32" width="80" customWidth="true" style="0"/>
+    <col min="33" max="33" width="80" customWidth="true" style="0"/>
+    <col min="34" max="34" width="80" customWidth="true" style="0"/>
+    <col min="35" max="35" width="80" customWidth="true" style="0"/>
+    <col min="36" max="36" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="80" customWidth="true" style="0"/>
+    <col min="41" max="41" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="47" max="47" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="49" max="49" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="51" max="51" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="57" max="57" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="80" customWidth="true" style="0"/>
+    <col min="63" max="63" width="52.987" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="9.10" bestFit="true" style="0"/>
+  </cols>
   <sheetData>
-    <row r="1" spans="1:23">
-      <c r="A1" t="s">
+    <row r="1" spans="1:64">
+      <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" t="s">
+      <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="C1" t="s">
+      <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="D1" t="s">
+      <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="E1" t="s">
+      <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="F1" t="s">
+      <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="G1" t="s">
+      <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="H1" t="s">
+      <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
+      <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="J1" t="s">
+      <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="K1" t="s">
+      <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="L1" t="s">
+      <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="M1" t="s">
+      <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="N1" t="s">
+      <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="O1" t="s">
+      <c r="O1" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="P1" t="s">
+      <c r="P1" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="Q1" t="s">
+      <c r="Q1" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="R1" t="s">
+      <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="S1" t="s">
+      <c r="S1" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="T1" t="s">
+      <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="U1" t="s">
+      <c r="U1" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="V1" t="s">
+      <c r="V1" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="W1" t="s">
+      <c r="W1" s="1" t="s">
         <v>22</v>
+      </c>
+      <c r="X1" s="1" t="s">
+        <v>1070</v>
+      </c>
+      <c r="Y1" s="1"/>
+      <c r="Z1" s="1"/>
+      <c r="AA1" s="1"/>
+      <c r="AB1" s="1"/>
+      <c r="AC1" s="1"/>
+      <c r="AD1" s="1"/>
+      <c r="AE1" s="1"/>
+      <c r="AF1" s="1"/>
+      <c r="AG1" s="1"/>
+      <c r="AH1" s="1"/>
+      <c r="AI1" s="1"/>
+      <c r="AJ1" s="1"/>
+      <c r="AK1" s="1"/>
+      <c r="AL1" s="1"/>
+      <c r="AM1" s="1"/>
+      <c r="AN1" s="1"/>
+      <c r="AO1" s="1"/>
+      <c r="AP1" s="1"/>
+      <c r="AQ1" s="1"/>
+      <c r="AR1" s="1"/>
+      <c r="AS1" s="1"/>
+      <c r="AT1" s="1"/>
+      <c r="AU1" s="1"/>
+      <c r="AV1" s="1"/>
+      <c r="AW1" s="1"/>
+      <c r="AX1" s="1"/>
+      <c r="AY1" s="1"/>
+      <c r="AZ1" s="1"/>
+      <c r="BA1" s="1"/>
+      <c r="BB1" s="1"/>
+      <c r="BC1" s="1"/>
+      <c r="BD1" s="1"/>
+      <c r="BE1" s="1"/>
+      <c r="BF1" s="1"/>
+      <c r="BG1" s="1"/>
+      <c r="BH1" s="1" t="s">
+        <v>1078</v>
+      </c>
+      <c r="BI1" s="1"/>
+      <c r="BJ1" s="1"/>
+      <c r="BK1" s="1"/>
+      <c r="BL1" s="1"/>
+    </row>
+    <row r="2" spans="1:64">
+      <c r="A2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C2"/>
+      <c r="D2" t="s">
+        <v>25</v>
+      </c>
+      <c r="E2" t="s">
+        <v>26</v>
+      </c>
+      <c r="F2">
+        <v>2</v>
+      </c>
+      <c r="G2">
+        <v>30898973</v>
+      </c>
+      <c r="H2" t="s">
+        <v>27</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>28</v>
+      </c>
+      <c r="K2" t="s">
+        <v>29</v>
+      </c>
+      <c r="L2" t="s">
+        <v>30</v>
+      </c>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>31</v>
+      </c>
+      <c r="O2" t="s">
+        <v>32</v>
+      </c>
+      <c r="P2">
+        <v>4</v>
+      </c>
+      <c r="Q2">
+        <v>26</v>
+      </c>
+      <c r="R2" t="s">
+        <v>33</v>
+      </c>
+      <c r="S2"/>
+      <c r="T2" t="s">
+        <v>34</v>
+      </c>
+      <c r="U2" t="s">
+        <v>35</v>
+      </c>
+      <c r="V2" t="s">
+        <v>36</v>
+      </c>
+      <c r="W2" t="s">
+        <v>37</v>
+      </c>
+      <c r="X2" t="s">
+        <v>699</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>700</v>
+      </c>
+      <c r="Z2" t="s">
+        <v>701</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>702</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>703</v>
+      </c>
+      <c r="AC2" t="s">
+        <v>704</v>
+      </c>
+      <c r="AD2" t="s">
+        <v>705</v>
+      </c>
+      <c r="AE2" t="s">
+        <v>706</v>
+      </c>
+      <c r="AF2" t="s">
+        <v>707</v>
+      </c>
+      <c r="AG2" t="s">
+        <v>708</v>
+      </c>
+      <c r="AH2" t="s">
+        <v>709</v>
+      </c>
+      <c r="AI2" t="s">
+        <v>710</v>
+      </c>
+      <c r="AJ2" t="s">
+        <v>711</v>
+      </c>
+      <c r="AK2" t="s">
+        <v>712</v>
+      </c>
+      <c r="AL2" t="s">
+        <v>713</v>
+      </c>
+      <c r="AM2" t="s">
+        <v>714</v>
+      </c>
+      <c r="BH2" t="s">
+        <v>1071</v>
+      </c>
+      <c r="BI2" t="s">
+        <v>1072</v>
+      </c>
+      <c r="BJ2" t="s">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="3" spans="1:64">
+      <c r="A3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B3" t="s">
+        <v>39</v>
+      </c>
+      <c r="C3"/>
+      <c r="D3" t="s">
+        <v>40</v>
+      </c>
+      <c r="E3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F3">
+        <v>2</v>
+      </c>
+      <c r="G3">
+        <v>30899013</v>
+      </c>
+      <c r="H3" t="s">
+        <v>41</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>42</v>
+      </c>
+      <c r="K3" t="s">
+        <v>43</v>
+      </c>
+      <c r="L3" t="s">
+        <v>44</v>
+      </c>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>45</v>
+      </c>
+      <c r="O3"/>
+      <c r="P3">
+        <v>1</v>
+      </c>
+      <c r="Q3">
+        <v>10</v>
+      </c>
+      <c r="R3" t="s">
+        <v>46</v>
+      </c>
+      <c r="S3"/>
+      <c r="T3" t="s">
+        <v>47</v>
+      </c>
+      <c r="U3" t="s">
+        <v>48</v>
+      </c>
+      <c r="V3" t="s">
+        <v>49</v>
+      </c>
+      <c r="W3" t="s">
+        <v>50</v>
+      </c>
+      <c r="X3" t="s">
+        <v>715</v>
+      </c>
+      <c r="Y3" t="s">
+        <v>716</v>
+      </c>
+      <c r="Z3" t="s">
+        <v>717</v>
+      </c>
+      <c r="AA3" t="s">
+        <v>718</v>
+      </c>
+      <c r="AB3" t="s">
+        <v>710</v>
+      </c>
+      <c r="AC3" t="s">
+        <v>719</v>
+      </c>
+      <c r="AD3" t="s">
+        <v>720</v>
+      </c>
+      <c r="AE3" t="s">
+        <v>721</v>
+      </c>
+      <c r="AF3" t="s">
+        <v>722</v>
+      </c>
+      <c r="AG3" t="s">
+        <v>723</v>
+      </c>
+      <c r="BH3" t="s">
+        <v>1074</v>
+      </c>
+      <c r="BI3" t="s">
+        <v>1075</v>
+      </c>
+      <c r="BJ3" t="s">
+        <v>1076</v>
+      </c>
+      <c r="BK3" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="4" spans="1:64">
+      <c r="A4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B4" t="s">
+        <v>52</v>
+      </c>
+      <c r="C4" t="s">
+        <v>53</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>54</v>
+      </c>
+      <c r="F4">
+        <v>2</v>
+      </c>
+      <c r="G4"/>
+      <c r="H4" t="s">
+        <v>55</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>56</v>
+      </c>
+      <c r="K4" t="s">
+        <v>57</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>58</v>
+      </c>
+      <c r="O4"/>
+      <c r="P4"/>
+      <c r="Q4"/>
+      <c r="R4" t="s">
+        <v>59</v>
+      </c>
+      <c r="S4"/>
+      <c r="T4" t="s">
+        <v>60</v>
+      </c>
+      <c r="U4" t="s">
+        <v>61</v>
+      </c>
+      <c r="V4" t="s">
+        <v>62</v>
+      </c>
+      <c r="W4" t="s">
+        <v>63</v>
+      </c>
+      <c r="X4" t="s">
+        <v>724</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>725</v>
+      </c>
+      <c r="Z4" t="s">
+        <v>726</v>
+      </c>
+      <c r="AA4" t="s">
+        <v>727</v>
+      </c>
+      <c r="AB4" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="5" spans="1:64">
+      <c r="A5" t="s">
+        <v>64</v>
+      </c>
+      <c r="B5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C5"/>
+      <c r="D5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E5" t="s">
+        <v>65</v>
+      </c>
+      <c r="F5">
+        <v>2</v>
+      </c>
+      <c r="G5">
+        <v>31473590</v>
+      </c>
+      <c r="H5" t="s">
+        <v>66</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>67</v>
+      </c>
+      <c r="K5" t="s">
+        <v>68</v>
+      </c>
+      <c r="L5" t="s">
+        <v>69</v>
+      </c>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>70</v>
+      </c>
+      <c r="O5" t="s">
+        <v>71</v>
+      </c>
+      <c r="P5"/>
+      <c r="Q5">
+        <v>36</v>
+      </c>
+      <c r="R5" t="s">
+        <v>68</v>
+      </c>
+      <c r="S5"/>
+      <c r="T5" t="s">
+        <v>72</v>
+      </c>
+      <c r="U5" t="s">
+        <v>73</v>
+      </c>
+      <c r="V5" t="s">
+        <v>74</v>
+      </c>
+      <c r="W5" t="s">
+        <v>75</v>
+      </c>
+      <c r="X5" t="s">
+        <v>729</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>710</v>
+      </c>
+      <c r="Z5" t="s">
+        <v>712</v>
+      </c>
+      <c r="AA5" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="6" spans="1:64">
+      <c r="A6" t="s">
+        <v>76</v>
+      </c>
+      <c r="B6" t="s">
+        <v>24</v>
+      </c>
+      <c r="C6"/>
+      <c r="D6" t="s">
+        <v>40</v>
+      </c>
+      <c r="E6" t="s">
+        <v>65</v>
+      </c>
+      <c r="F6">
+        <v>2</v>
+      </c>
+      <c r="G6"/>
+      <c r="H6" t="s">
+        <v>77</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>78</v>
+      </c>
+      <c r="K6" t="s">
+        <v>79</v>
+      </c>
+      <c r="L6" t="s">
+        <v>80</v>
+      </c>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>81</v>
+      </c>
+      <c r="O6" t="s">
+        <v>82</v>
+      </c>
+      <c r="P6"/>
+      <c r="Q6">
+        <v>26</v>
+      </c>
+      <c r="R6" t="s">
+        <v>79</v>
+      </c>
+      <c r="S6"/>
+      <c r="T6" t="s">
+        <v>83</v>
+      </c>
+      <c r="U6" t="s">
+        <v>36</v>
+      </c>
+      <c r="V6" t="s">
+        <v>84</v>
+      </c>
+      <c r="W6" t="s">
+        <v>85</v>
+      </c>
+      <c r="X6" t="s">
+        <v>731</v>
+      </c>
+      <c r="Y6" t="s">
+        <v>732</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>733</v>
+      </c>
+      <c r="AA6" t="s">
+        <v>710</v>
+      </c>
+      <c r="AB6" t="s">
+        <v>734</v>
+      </c>
+      <c r="AC6" t="s">
+        <v>735</v>
+      </c>
+      <c r="AD6" t="s">
+        <v>711</v>
+      </c>
+      <c r="AE6" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="7" spans="1:64">
+      <c r="A7" t="s">
+        <v>86</v>
+      </c>
+      <c r="B7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C7"/>
+      <c r="D7" t="s">
+        <v>40</v>
+      </c>
+      <c r="E7" t="s">
+        <v>26</v>
+      </c>
+      <c r="F7">
+        <v>2</v>
+      </c>
+      <c r="G7">
+        <v>31266421</v>
+      </c>
+      <c r="H7" t="s">
+        <v>87</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>88</v>
+      </c>
+      <c r="K7" t="s">
+        <v>89</v>
+      </c>
+      <c r="L7" t="s">
+        <v>90</v>
+      </c>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>91</v>
+      </c>
+      <c r="O7">
+        <v>20190084</v>
+      </c>
+      <c r="P7">
+        <v>7</v>
+      </c>
+      <c r="Q7">
+        <v>15</v>
+      </c>
+      <c r="R7" t="s">
+        <v>92</v>
+      </c>
+      <c r="S7"/>
+      <c r="T7" t="s">
+        <v>93</v>
+      </c>
+      <c r="U7" t="s">
+        <v>94</v>
+      </c>
+      <c r="V7" t="s">
+        <v>36</v>
+      </c>
+      <c r="W7" t="s">
+        <v>95</v>
+      </c>
+      <c r="X7" t="s">
+        <v>737</v>
+      </c>
+      <c r="Y7" t="s">
+        <v>738</v>
+      </c>
+      <c r="Z7" t="s">
+        <v>710</v>
+      </c>
+      <c r="AA7" t="s">
+        <v>711</v>
+      </c>
+      <c r="AB7" t="s">
+        <v>739</v>
+      </c>
+      <c r="AC7" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="8" spans="1:64">
+      <c r="A8" t="s">
+        <v>96</v>
+      </c>
+      <c r="B8" t="s">
+        <v>97</v>
+      </c>
+      <c r="C8" t="s">
+        <v>98</v>
+      </c>
+      <c r="D8" t="s">
+        <v>40</v>
+      </c>
+      <c r="E8" t="s">
+        <v>54</v>
+      </c>
+      <c r="F8">
+        <v>2</v>
+      </c>
+      <c r="G8"/>
+      <c r="H8" t="s">
+        <v>99</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>100</v>
+      </c>
+      <c r="K8" t="s">
+        <v>101</v>
+      </c>
+      <c r="L8" t="s">
+        <v>102</v>
+      </c>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>103</v>
+      </c>
+      <c r="O8"/>
+      <c r="P8"/>
+      <c r="Q8"/>
+      <c r="R8" t="s">
+        <v>104</v>
+      </c>
+      <c r="S8"/>
+      <c r="T8" t="s">
+        <v>105</v>
+      </c>
+      <c r="U8" t="s">
+        <v>106</v>
+      </c>
+      <c r="V8" t="s">
+        <v>107</v>
+      </c>
+      <c r="W8" t="s">
+        <v>108</v>
+      </c>
+      <c r="X8" t="s">
+        <v>741</v>
+      </c>
+      <c r="Y8" t="s">
+        <v>710</v>
+      </c>
+      <c r="Z8" t="s">
+        <v>742</v>
+      </c>
+      <c r="AA8" t="s">
+        <v>743</v>
+      </c>
+      <c r="AB8" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="9" spans="1:64">
+      <c r="A9" t="s">
+        <v>109</v>
+      </c>
+      <c r="B9" t="s">
+        <v>97</v>
+      </c>
+      <c r="C9"/>
+      <c r="D9" t="s">
+        <v>40</v>
+      </c>
+      <c r="E9" t="s">
+        <v>26</v>
+      </c>
+      <c r="F9">
+        <v>2</v>
+      </c>
+      <c r="G9"/>
+      <c r="H9" t="s">
+        <v>110</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>111</v>
+      </c>
+      <c r="K9" t="s">
+        <v>112</v>
+      </c>
+      <c r="L9" t="s">
+        <v>113</v>
+      </c>
+      <c r="M9"/>
+      <c r="N9" t="s">
+        <v>114</v>
+      </c>
+      <c r="O9"/>
+      <c r="P9">
+        <v>152</v>
+      </c>
+      <c r="Q9">
+        <v>0</v>
+      </c>
+      <c r="R9" t="s">
+        <v>115</v>
+      </c>
+      <c r="S9"/>
+      <c r="T9" t="s">
+        <v>116</v>
+      </c>
+      <c r="U9" t="s">
+        <v>117</v>
+      </c>
+      <c r="V9" t="s">
+        <v>107</v>
+      </c>
+      <c r="W9" t="s">
+        <v>118</v>
+      </c>
+      <c r="X9" t="s">
+        <v>745</v>
+      </c>
+      <c r="Y9" t="s">
+        <v>746</v>
+      </c>
+      <c r="Z9" t="s">
+        <v>710</v>
+      </c>
+      <c r="AA9" t="s">
+        <v>742</v>
+      </c>
+      <c r="AB9" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="10" spans="1:64">
+      <c r="A10" t="s">
+        <v>119</v>
+      </c>
+      <c r="B10" t="s">
+        <v>24</v>
+      </c>
+      <c r="C10"/>
+      <c r="D10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" t="s">
+        <v>26</v>
+      </c>
+      <c r="F10">
+        <v>2</v>
+      </c>
+      <c r="G10"/>
+      <c r="H10" t="s">
+        <v>120</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>121</v>
+      </c>
+      <c r="K10" t="s">
+        <v>29</v>
+      </c>
+      <c r="L10" t="s">
+        <v>30</v>
+      </c>
+      <c r="M10"/>
+      <c r="N10" t="s">
+        <v>122</v>
+      </c>
+      <c r="O10" t="s">
+        <v>123</v>
+      </c>
+      <c r="P10">
+        <v>11</v>
+      </c>
+      <c r="Q10">
+        <v>26</v>
+      </c>
+      <c r="R10" t="s">
+        <v>124</v>
+      </c>
+      <c r="S10"/>
+      <c r="T10" t="s">
+        <v>125</v>
+      </c>
+      <c r="U10" t="s">
+        <v>126</v>
+      </c>
+      <c r="V10" t="s">
+        <v>36</v>
+      </c>
+      <c r="W10" t="s">
+        <v>127</v>
+      </c>
+      <c r="X10" t="s">
+        <v>748</v>
+      </c>
+      <c r="Y10" t="s">
+        <v>749</v>
+      </c>
+      <c r="Z10" t="s">
+        <v>750</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>710</v>
+      </c>
+      <c r="AB10" t="s">
+        <v>711</v>
+      </c>
+      <c r="AC10" t="s">
+        <v>712</v>
+      </c>
+      <c r="AD10" t="s">
+        <v>713</v>
+      </c>
+      <c r="AE10" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="11" spans="1:64">
+      <c r="A11" t="s">
+        <v>128</v>
+      </c>
+      <c r="B11" t="s">
+        <v>24</v>
+      </c>
+      <c r="C11"/>
+      <c r="D11" t="s">
+        <v>40</v>
+      </c>
+      <c r="E11" t="s">
+        <v>26</v>
+      </c>
+      <c r="F11">
+        <v>2</v>
+      </c>
+      <c r="G11">
+        <v>31634372</v>
+      </c>
+      <c r="H11" t="s">
+        <v>129</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>130</v>
+      </c>
+      <c r="K11" t="s">
+        <v>131</v>
+      </c>
+      <c r="L11" t="s">
+        <v>132</v>
+      </c>
+      <c r="M11"/>
+      <c r="N11" t="s">
+        <v>133</v>
+      </c>
+      <c r="O11" t="s">
+        <v>134</v>
+      </c>
+      <c r="P11">
+        <v>10</v>
+      </c>
+      <c r="Q11">
+        <v>14</v>
+      </c>
+      <c r="R11" t="s">
+        <v>135</v>
+      </c>
+      <c r="S11"/>
+      <c r="T11" t="s">
+        <v>136</v>
+      </c>
+      <c r="U11" t="s">
+        <v>137</v>
+      </c>
+      <c r="V11" t="s">
+        <v>74</v>
+      </c>
+      <c r="W11" t="s">
+        <v>138</v>
+      </c>
+      <c r="X11" t="s">
+        <v>752</v>
+      </c>
+      <c r="Y11" t="s">
+        <v>753</v>
+      </c>
+      <c r="Z11" t="s">
+        <v>710</v>
+      </c>
+      <c r="AA11" t="s">
+        <v>712</v>
+      </c>
+      <c r="AB11" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="12" spans="1:64">
+      <c r="A12" t="s">
+        <v>139</v>
+      </c>
+      <c r="B12" t="s">
+        <v>39</v>
+      </c>
+      <c r="C12" t="s">
+        <v>140</v>
+      </c>
+      <c r="D12" t="s">
+        <v>25</v>
+      </c>
+      <c r="E12" t="s">
+        <v>26</v>
+      </c>
+      <c r="F12">
+        <v>2</v>
+      </c>
+      <c r="G12">
+        <v>32142702</v>
+      </c>
+      <c r="H12" t="s">
+        <v>141</v>
+      </c>
+      <c r="I12">
+        <v>2020</v>
+      </c>
+      <c r="J12" t="s">
+        <v>142</v>
+      </c>
+      <c r="K12" t="s">
+        <v>143</v>
+      </c>
+      <c r="L12" t="s">
+        <v>144</v>
+      </c>
+      <c r="M12"/>
+      <c r="N12" t="s">
+        <v>145</v>
+      </c>
+      <c r="O12"/>
+      <c r="P12"/>
+      <c r="Q12">
+        <v>0</v>
+      </c>
+      <c r="R12" t="s">
+        <v>143</v>
+      </c>
+      <c r="S12"/>
+      <c r="T12" t="s">
+        <v>146</v>
+      </c>
+      <c r="U12" t="s">
+        <v>147</v>
+      </c>
+      <c r="V12" t="s">
+        <v>49</v>
+      </c>
+      <c r="W12" t="s">
+        <v>148</v>
+      </c>
+      <c r="X12" t="s">
+        <v>755</v>
+      </c>
+      <c r="Y12" t="s">
+        <v>756</v>
+      </c>
+      <c r="Z12" t="s">
+        <v>710</v>
+      </c>
+      <c r="AA12" t="s">
+        <v>719</v>
+      </c>
+      <c r="AB12" t="s">
+        <v>720</v>
+      </c>
+      <c r="AC12" t="s">
+        <v>757</v>
+      </c>
+      <c r="AD12" t="s">
+        <v>758</v>
+      </c>
+      <c r="AE12" t="s">
+        <v>759</v>
+      </c>
+      <c r="AF12" t="s">
+        <v>760</v>
+      </c>
+      <c r="AG12" t="s">
+        <v>761</v>
+      </c>
+      <c r="AH12" t="s">
+        <v>762</v>
+      </c>
+      <c r="AI12" t="s">
+        <v>763</v>
+      </c>
+      <c r="AJ12" t="s">
+        <v>764</v>
+      </c>
+      <c r="AK12" t="s">
+        <v>765</v>
+      </c>
+      <c r="AL12" t="s">
+        <v>766</v>
+      </c>
+      <c r="AM12" t="s">
+        <v>767</v>
+      </c>
+      <c r="AN12" t="s">
+        <v>768</v>
+      </c>
+      <c r="AO12" t="s">
+        <v>769</v>
+      </c>
+      <c r="AP12" t="s">
+        <v>770</v>
+      </c>
+      <c r="AQ12" t="s">
+        <v>771</v>
+      </c>
+      <c r="AR12" t="s">
+        <v>772</v>
+      </c>
+      <c r="AS12" t="s">
+        <v>773</v>
+      </c>
+      <c r="AT12" t="s">
+        <v>774</v>
+      </c>
+      <c r="AU12" t="s">
+        <v>775</v>
+      </c>
+      <c r="AV12" t="s">
+        <v>776</v>
+      </c>
+      <c r="AW12" t="s">
+        <v>777</v>
+      </c>
+      <c r="AX12" t="s">
+        <v>778</v>
+      </c>
+      <c r="AY12" t="s">
+        <v>779</v>
+      </c>
+      <c r="AZ12" t="s">
+        <v>780</v>
+      </c>
+      <c r="BA12" t="s">
+        <v>781</v>
+      </c>
+      <c r="BB12" t="s">
+        <v>782</v>
+      </c>
+      <c r="BC12" t="s">
+        <v>783</v>
+      </c>
+      <c r="BD12" t="s">
+        <v>784</v>
+      </c>
+      <c r="BE12" t="s">
+        <v>785</v>
+      </c>
+      <c r="BF12" t="s">
+        <v>728</v>
+      </c>
+      <c r="BG12" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="13" spans="1:64">
+      <c r="A13" t="s">
+        <v>149</v>
+      </c>
+      <c r="B13" t="s">
+        <v>24</v>
+      </c>
+      <c r="C13" t="s">
+        <v>150</v>
+      </c>
+      <c r="D13" t="s">
+        <v>40</v>
+      </c>
+      <c r="E13" t="s">
+        <v>26</v>
+      </c>
+      <c r="F13">
+        <v>2</v>
+      </c>
+      <c r="G13">
+        <v>32203499</v>
+      </c>
+      <c r="H13" t="s">
+        <v>151</v>
+      </c>
+      <c r="I13">
+        <v>2020</v>
+      </c>
+      <c r="J13" t="s">
+        <v>152</v>
+      </c>
+      <c r="K13" t="s">
+        <v>153</v>
+      </c>
+      <c r="L13" t="s">
+        <v>154</v>
+      </c>
+      <c r="M13"/>
+      <c r="N13" t="s">
+        <v>155</v>
+      </c>
+      <c r="O13"/>
+      <c r="P13"/>
+      <c r="Q13">
+        <v>0</v>
+      </c>
+      <c r="R13" t="s">
+        <v>156</v>
+      </c>
+      <c r="S13"/>
+      <c r="T13" t="s">
+        <v>157</v>
+      </c>
+      <c r="U13" t="s">
+        <v>158</v>
+      </c>
+      <c r="V13" t="s">
+        <v>159</v>
+      </c>
+      <c r="W13" t="s">
+        <v>160</v>
+      </c>
+      <c r="X13" t="s">
+        <v>787</v>
+      </c>
+      <c r="Y13" t="s">
+        <v>788</v>
+      </c>
+      <c r="Z13" t="s">
+        <v>789</v>
+      </c>
+      <c r="AA13" t="s">
+        <v>790</v>
+      </c>
+      <c r="AB13" t="s">
+        <v>791</v>
+      </c>
+      <c r="AC13" t="s">
+        <v>792</v>
+      </c>
+      <c r="AD13" t="s">
+        <v>793</v>
+      </c>
+      <c r="AE13" t="s">
+        <v>794</v>
+      </c>
+      <c r="AF13" t="s">
+        <v>710</v>
+      </c>
+      <c r="AG13" t="s">
+        <v>711</v>
+      </c>
+      <c r="AH13" t="s">
+        <v>795</v>
+      </c>
+      <c r="AI13" t="s">
+        <v>796</v>
+      </c>
+      <c r="AJ13" t="s">
+        <v>797</v>
+      </c>
+      <c r="AK13" t="s">
+        <v>798</v>
+      </c>
+      <c r="AL13" t="s">
+        <v>799</v>
+      </c>
+      <c r="AM13" t="s">
+        <v>800</v>
+      </c>
+      <c r="AN13" t="s">
+        <v>801</v>
+      </c>
+      <c r="AO13" t="s">
+        <v>802</v>
+      </c>
+      <c r="AP13" t="s">
+        <v>803</v>
+      </c>
+      <c r="AQ13" t="s">
+        <v>804</v>
+      </c>
+      <c r="AR13" t="s">
+        <v>805</v>
+      </c>
+      <c r="AS13" t="s">
+        <v>806</v>
+      </c>
+      <c r="AT13" t="s">
+        <v>807</v>
+      </c>
+      <c r="AU13" t="s">
+        <v>808</v>
+      </c>
+      <c r="AV13" t="s">
+        <v>809</v>
+      </c>
+      <c r="AW13" t="s">
+        <v>810</v>
+      </c>
+      <c r="AX13" t="s">
+        <v>811</v>
+      </c>
+      <c r="AY13" t="s">
+        <v>812</v>
+      </c>
+      <c r="AZ13" t="s">
+        <v>813</v>
+      </c>
+      <c r="BA13" t="s">
+        <v>814</v>
+      </c>
+      <c r="BB13" t="s">
+        <v>784</v>
+      </c>
+      <c r="BC13" t="s">
+        <v>728</v>
+      </c>
+      <c r="BD13" t="s">
+        <v>815</v>
+      </c>
+      <c r="BE13" t="s">
+        <v>816</v>
+      </c>
+      <c r="BF13" t="s">
+        <v>817</v>
+      </c>
+      <c r="BG13" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="14" spans="1:64">
+      <c r="A14" t="s">
+        <v>161</v>
+      </c>
+      <c r="B14" t="s">
+        <v>162</v>
+      </c>
+      <c r="C14" t="s">
+        <v>163</v>
+      </c>
+      <c r="D14" t="s">
+        <v>40</v>
+      </c>
+      <c r="E14" t="s">
+        <v>26</v>
+      </c>
+      <c r="F14">
+        <v>2</v>
+      </c>
+      <c r="G14">
+        <v>31809495</v>
+      </c>
+      <c r="H14" t="s">
+        <v>164</v>
+      </c>
+      <c r="I14">
+        <v>2019</v>
+      </c>
+      <c r="J14" t="s">
+        <v>165</v>
+      </c>
+      <c r="K14" t="s">
+        <v>166</v>
+      </c>
+      <c r="L14" t="s">
+        <v>167</v>
+      </c>
+      <c r="M14" t="s">
+        <v>168</v>
+      </c>
+      <c r="N14" t="s">
+        <v>169</v>
+      </c>
+      <c r="O14" t="s">
+        <v>170</v>
+      </c>
+      <c r="P14">
+        <v>12</v>
+      </c>
+      <c r="Q14">
+        <v>15</v>
+      </c>
+      <c r="R14" t="s">
+        <v>171</v>
+      </c>
+      <c r="S14"/>
+      <c r="T14" t="s">
+        <v>172</v>
+      </c>
+      <c r="U14" t="s">
+        <v>173</v>
+      </c>
+      <c r="V14" t="s">
+        <v>174</v>
+      </c>
+      <c r="W14" t="s">
+        <v>175</v>
+      </c>
+      <c r="X14" t="s">
+        <v>819</v>
+      </c>
+      <c r="Y14" t="s">
+        <v>820</v>
+      </c>
+      <c r="Z14" t="s">
+        <v>821</v>
+      </c>
+      <c r="AA14" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="15" spans="1:64">
+      <c r="A15" t="s">
+        <v>176</v>
+      </c>
+      <c r="B15" t="s">
+        <v>52</v>
+      </c>
+      <c r="C15" t="s">
+        <v>53</v>
+      </c>
+      <c r="D15" t="s">
+        <v>40</v>
+      </c>
+      <c r="E15" t="s">
+        <v>26</v>
+      </c>
+      <c r="F15">
+        <v>2</v>
+      </c>
+      <c r="G15">
+        <v>31969831</v>
+      </c>
+      <c r="H15" t="s">
+        <v>177</v>
+      </c>
+      <c r="I15">
+        <v>2019</v>
+      </c>
+      <c r="J15" t="s">
+        <v>178</v>
+      </c>
+      <c r="K15" t="s">
+        <v>179</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>180</v>
+      </c>
+      <c r="N15" t="s">
+        <v>181</v>
+      </c>
+      <c r="O15">
+        <v>1539</v>
+      </c>
+      <c r="P15"/>
+      <c r="Q15">
+        <v>10</v>
+      </c>
+      <c r="R15" t="s">
+        <v>182</v>
+      </c>
+      <c r="S15"/>
+      <c r="T15" t="s">
+        <v>183</v>
+      </c>
+      <c r="U15" t="s">
+        <v>184</v>
+      </c>
+      <c r="V15" t="s">
+        <v>185</v>
+      </c>
+      <c r="W15" t="s">
+        <v>186</v>
+      </c>
+      <c r="X15" t="s">
+        <v>823</v>
+      </c>
+      <c r="Y15" t="s">
+        <v>726</v>
+      </c>
+      <c r="Z15" t="s">
+        <v>824</v>
+      </c>
+      <c r="AA15" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="16" spans="1:64">
+      <c r="A16" t="s">
+        <v>187</v>
+      </c>
+      <c r="B16" t="s">
+        <v>39</v>
+      </c>
+      <c r="C16" t="s">
+        <v>140</v>
+      </c>
+      <c r="D16" t="s">
+        <v>25</v>
+      </c>
+      <c r="E16" t="s">
+        <v>26</v>
+      </c>
+      <c r="F16">
+        <v>2</v>
+      </c>
+      <c r="G16">
+        <v>31980003</v>
+      </c>
+      <c r="H16" t="s">
+        <v>188</v>
+      </c>
+      <c r="I16">
+        <v>2020</v>
+      </c>
+      <c r="J16" t="s">
+        <v>189</v>
+      </c>
+      <c r="K16" t="s">
+        <v>190</v>
+      </c>
+      <c r="L16" t="s">
+        <v>191</v>
+      </c>
+      <c r="M16" t="s">
+        <v>192</v>
+      </c>
+      <c r="N16" t="s">
+        <v>193</v>
+      </c>
+      <c r="O16" t="s">
+        <v>194</v>
+      </c>
+      <c r="P16">
+        <v>1</v>
+      </c>
+      <c r="Q16">
+        <v>34</v>
+      </c>
+      <c r="R16" t="s">
+        <v>195</v>
+      </c>
+      <c r="S16"/>
+      <c r="T16" t="s">
+        <v>196</v>
+      </c>
+      <c r="U16" t="s">
+        <v>197</v>
+      </c>
+      <c r="V16" t="s">
+        <v>49</v>
+      </c>
+      <c r="W16" t="s">
+        <v>198</v>
+      </c>
+      <c r="X16" t="s">
+        <v>826</v>
+      </c>
+      <c r="Y16" t="s">
+        <v>710</v>
+      </c>
+      <c r="Z16" t="s">
+        <v>719</v>
+      </c>
+      <c r="AA16" t="s">
+        <v>721</v>
+      </c>
+      <c r="AB16" t="s">
+        <v>720</v>
+      </c>
+      <c r="AC16" t="s">
+        <v>758</v>
+      </c>
+      <c r="AD16" t="s">
+        <v>759</v>
+      </c>
+      <c r="AE16" t="s">
+        <v>827</v>
+      </c>
+      <c r="AF16" t="s">
+        <v>828</v>
+      </c>
+      <c r="AG16" t="s">
+        <v>781</v>
+      </c>
+      <c r="AH16" t="s">
+        <v>829</v>
+      </c>
+      <c r="AI16" t="s">
+        <v>830</v>
+      </c>
+      <c r="AJ16" t="s">
+        <v>831</v>
+      </c>
+      <c r="AK16" t="s">
+        <v>832</v>
+      </c>
+      <c r="AL16" t="s">
+        <v>833</v>
+      </c>
+      <c r="AM16" t="s">
+        <v>834</v>
+      </c>
+      <c r="AN16" t="s">
+        <v>835</v>
+      </c>
+      <c r="AO16" t="s">
+        <v>728</v>
+      </c>
+      <c r="AP16" t="s">
+        <v>785</v>
+      </c>
+      <c r="AQ16" t="s">
+        <v>836</v>
+      </c>
+      <c r="AR16" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="17" spans="1:64">
+      <c r="A17" t="s">
+        <v>199</v>
+      </c>
+      <c r="B17" t="s">
+        <v>97</v>
+      </c>
+      <c r="C17" t="s">
+        <v>98</v>
+      </c>
+      <c r="D17" t="s">
+        <v>40</v>
+      </c>
+      <c r="E17" t="s">
+        <v>26</v>
+      </c>
+      <c r="F17">
+        <v>2</v>
+      </c>
+      <c r="G17">
+        <v>32116764</v>
+      </c>
+      <c r="H17" t="s">
+        <v>200</v>
+      </c>
+      <c r="I17">
+        <v>2020</v>
+      </c>
+      <c r="J17" t="s">
+        <v>201</v>
+      </c>
+      <c r="K17" t="s">
+        <v>179</v>
+      </c>
+      <c r="L17" t="s">
+        <v>180</v>
+      </c>
+      <c r="M17"/>
+      <c r="N17" t="s">
+        <v>202</v>
+      </c>
+      <c r="O17"/>
+      <c r="P17"/>
+      <c r="Q17">
+        <v>11</v>
+      </c>
+      <c r="R17" t="s">
+        <v>203</v>
+      </c>
+      <c r="S17"/>
+      <c r="T17" t="s">
+        <v>204</v>
+      </c>
+      <c r="U17" t="s">
+        <v>205</v>
+      </c>
+      <c r="V17" t="s">
+        <v>206</v>
+      </c>
+      <c r="W17" t="s">
+        <v>207</v>
+      </c>
+      <c r="X17" t="s">
+        <v>838</v>
+      </c>
+      <c r="Y17" t="s">
+        <v>710</v>
+      </c>
+      <c r="Z17" t="s">
+        <v>742</v>
+      </c>
+      <c r="AA17" t="s">
+        <v>839</v>
+      </c>
+      <c r="AB17" t="s">
+        <v>840</v>
+      </c>
+      <c r="AC17" t="s">
+        <v>841</v>
+      </c>
+      <c r="AD17" t="s">
+        <v>785</v>
+      </c>
+      <c r="AE17" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="18" spans="1:64">
+      <c r="A18" t="s">
+        <v>208</v>
+      </c>
+      <c r="B18" t="s">
+        <v>97</v>
+      </c>
+      <c r="C18" t="s">
+        <v>98</v>
+      </c>
+      <c r="D18" t="s">
+        <v>25</v>
+      </c>
+      <c r="E18" t="s">
+        <v>26</v>
+      </c>
+      <c r="F18">
+        <v>2</v>
+      </c>
+      <c r="G18">
+        <v>32268119</v>
+      </c>
+      <c r="H18" t="s">
+        <v>209</v>
+      </c>
+      <c r="I18">
+        <v>2020</v>
+      </c>
+      <c r="J18" t="s">
+        <v>210</v>
+      </c>
+      <c r="K18" t="s">
+        <v>211</v>
+      </c>
+      <c r="L18" t="s">
+        <v>212</v>
+      </c>
+      <c r="M18"/>
+      <c r="N18" t="s">
+        <v>213</v>
+      </c>
+      <c r="O18" t="s">
+        <v>214</v>
+      </c>
+      <c r="P18">
+        <v>6</v>
+      </c>
+      <c r="Q18">
+        <v>106</v>
+      </c>
+      <c r="R18" t="s">
+        <v>211</v>
+      </c>
+      <c r="S18"/>
+      <c r="T18" t="s">
+        <v>215</v>
+      </c>
+      <c r="U18" t="s">
+        <v>106</v>
+      </c>
+      <c r="V18" t="s">
+        <v>107</v>
+      </c>
+      <c r="W18" t="s">
+        <v>216</v>
+      </c>
+      <c r="X18" t="s">
+        <v>843</v>
+      </c>
+      <c r="Y18" t="s">
+        <v>844</v>
+      </c>
+      <c r="Z18" t="s">
+        <v>845</v>
+      </c>
+      <c r="AA18" t="s">
+        <v>846</v>
+      </c>
+      <c r="AB18" t="s">
+        <v>710</v>
+      </c>
+      <c r="AC18" t="s">
+        <v>742</v>
+      </c>
+      <c r="AD18" t="s">
+        <v>743</v>
+      </c>
+      <c r="AE18" t="s">
+        <v>847</v>
+      </c>
+      <c r="AF18" t="s">
+        <v>848</v>
+      </c>
+      <c r="AG18" t="s">
+        <v>840</v>
+      </c>
+      <c r="AH18" t="s">
+        <v>728</v>
+      </c>
+      <c r="AI18" t="s">
+        <v>849</v>
+      </c>
+      <c r="AJ18" t="s">
+        <v>850</v>
+      </c>
+      <c r="AK18" t="s">
+        <v>851</v>
+      </c>
+      <c r="AL18" t="s">
+        <v>852</v>
+      </c>
+      <c r="AM18" t="s">
+        <v>853</v>
+      </c>
+      <c r="AN18" t="s">
+        <v>854</v>
+      </c>
+      <c r="AO18" t="s">
+        <v>784</v>
+      </c>
+      <c r="AP18" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="19" spans="1:64">
+      <c r="A19" t="s">
+        <v>217</v>
+      </c>
+      <c r="B19" t="s">
+        <v>52</v>
+      </c>
+      <c r="C19" t="s">
+        <v>53</v>
+      </c>
+      <c r="D19" t="s">
+        <v>40</v>
+      </c>
+      <c r="E19" t="s">
+        <v>26</v>
+      </c>
+      <c r="F19">
+        <v>2</v>
+      </c>
+      <c r="G19">
+        <v>32132095</v>
+      </c>
+      <c r="H19" t="s">
+        <v>218</v>
+      </c>
+      <c r="I19">
+        <v>2020</v>
+      </c>
+      <c r="J19" t="s">
+        <v>219</v>
+      </c>
+      <c r="K19" t="s">
+        <v>220</v>
+      </c>
+      <c r="L19" t="s">
+        <v>221</v>
+      </c>
+      <c r="M19"/>
+      <c r="N19" t="s">
+        <v>222</v>
+      </c>
+      <c r="O19" t="s">
+        <v>223</v>
+      </c>
+      <c r="P19">
+        <v>2</v>
+      </c>
+      <c r="Q19">
+        <v>7</v>
+      </c>
+      <c r="R19" t="s">
+        <v>220</v>
+      </c>
+      <c r="S19"/>
+      <c r="T19" t="s">
+        <v>224</v>
+      </c>
+      <c r="U19" t="s">
+        <v>225</v>
+      </c>
+      <c r="V19" t="s">
+        <v>185</v>
+      </c>
+      <c r="W19" t="s">
+        <v>226</v>
+      </c>
+      <c r="X19" t="s">
+        <v>856</v>
+      </c>
+      <c r="Y19" t="s">
+        <v>710</v>
+      </c>
+      <c r="Z19" t="s">
+        <v>726</v>
+      </c>
+      <c r="AA19" t="s">
+        <v>857</v>
+      </c>
+      <c r="AB19" t="s">
+        <v>858</v>
+      </c>
+      <c r="AC19" t="s">
+        <v>859</v>
+      </c>
+      <c r="AD19" t="s">
+        <v>860</v>
+      </c>
+      <c r="AE19" t="s">
+        <v>861</v>
+      </c>
+      <c r="AF19" t="s">
+        <v>862</v>
+      </c>
+      <c r="AG19" t="s">
+        <v>863</v>
+      </c>
+      <c r="AH19" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="20" spans="1:64">
+      <c r="A20" t="s">
+        <v>227</v>
+      </c>
+      <c r="B20" t="s">
+        <v>24</v>
+      </c>
+      <c r="C20" t="s">
+        <v>150</v>
+      </c>
+      <c r="D20" t="s">
+        <v>25</v>
+      </c>
+      <c r="E20" t="s">
+        <v>26</v>
+      </c>
+      <c r="F20">
+        <v>2</v>
+      </c>
+      <c r="G20">
+        <v>32586949</v>
+      </c>
+      <c r="H20" t="s">
+        <v>228</v>
+      </c>
+      <c r="I20">
+        <v>2020</v>
+      </c>
+      <c r="J20" t="s">
+        <v>229</v>
+      </c>
+      <c r="K20" t="s">
+        <v>230</v>
+      </c>
+      <c r="L20" t="s">
+        <v>231</v>
+      </c>
+      <c r="M20"/>
+      <c r="N20" t="s">
+        <v>232</v>
+      </c>
+      <c r="O20" t="s">
+        <v>233</v>
+      </c>
+      <c r="P20">
+        <v>31</v>
+      </c>
+      <c r="Q20">
+        <v>40</v>
+      </c>
+      <c r="R20" t="s">
+        <v>234</v>
+      </c>
+      <c r="S20"/>
+      <c r="T20" t="s">
+        <v>235</v>
+      </c>
+      <c r="U20" t="s">
+        <v>74</v>
+      </c>
+      <c r="V20" t="s">
+        <v>36</v>
+      </c>
+      <c r="W20" t="s">
+        <v>236</v>
+      </c>
+      <c r="X20" t="s">
+        <v>865</v>
+      </c>
+      <c r="Y20" t="s">
+        <v>710</v>
+      </c>
+      <c r="Z20" t="s">
+        <v>799</v>
+      </c>
+      <c r="AA20" t="s">
+        <v>711</v>
+      </c>
+      <c r="AB20" t="s">
+        <v>866</v>
+      </c>
+      <c r="AC20" t="s">
+        <v>713</v>
+      </c>
+      <c r="AD20" t="s">
+        <v>712</v>
+      </c>
+      <c r="AE20" t="s">
+        <v>867</v>
+      </c>
+      <c r="AF20" t="s">
+        <v>868</v>
+      </c>
+      <c r="AG20" t="s">
+        <v>869</v>
+      </c>
+      <c r="AH20" t="s">
+        <v>870</v>
+      </c>
+      <c r="AI20" t="s">
+        <v>804</v>
+      </c>
+      <c r="AJ20" t="s">
+        <v>808</v>
+      </c>
+      <c r="AK20" t="s">
+        <v>805</v>
+      </c>
+      <c r="AL20" t="s">
+        <v>871</v>
+      </c>
+      <c r="AM20" t="s">
+        <v>811</v>
+      </c>
+      <c r="AN20" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="21" spans="1:64">
+      <c r="A21" t="s">
+        <v>237</v>
+      </c>
+      <c r="B21" t="s">
+        <v>238</v>
+      </c>
+      <c r="C21" t="s">
+        <v>239</v>
+      </c>
+      <c r="D21" t="s">
+        <v>40</v>
+      </c>
+      <c r="E21" t="s">
+        <v>26</v>
+      </c>
+      <c r="F21">
+        <v>2</v>
+      </c>
+      <c r="G21">
+        <v>32386530</v>
+      </c>
+      <c r="H21" t="s">
+        <v>240</v>
+      </c>
+      <c r="I21">
+        <v>2020</v>
+      </c>
+      <c r="J21" t="s">
+        <v>241</v>
+      </c>
+      <c r="K21" t="s">
+        <v>143</v>
+      </c>
+      <c r="L21" t="s">
+        <v>144</v>
+      </c>
+      <c r="M21"/>
+      <c r="N21" t="s">
+        <v>242</v>
+      </c>
+      <c r="O21" t="s">
+        <v>243</v>
+      </c>
+      <c r="P21">
+        <v>11</v>
+      </c>
+      <c r="Q21">
+        <v>30</v>
+      </c>
+      <c r="R21" t="s">
+        <v>143</v>
+      </c>
+      <c r="S21"/>
+      <c r="T21" t="s">
+        <v>244</v>
+      </c>
+      <c r="U21" t="s">
+        <v>245</v>
+      </c>
+      <c r="V21" t="s">
+        <v>246</v>
+      </c>
+      <c r="W21" t="s">
+        <v>247</v>
+      </c>
+      <c r="X21" t="s">
+        <v>873</v>
+      </c>
+      <c r="Y21" t="s">
+        <v>874</v>
+      </c>
+      <c r="Z21" t="s">
+        <v>875</v>
+      </c>
+      <c r="AA21" t="s">
+        <v>710</v>
+      </c>
+      <c r="AB21" t="s">
+        <v>876</v>
+      </c>
+      <c r="AC21" t="s">
+        <v>877</v>
+      </c>
+      <c r="AD21" t="s">
+        <v>878</v>
+      </c>
+      <c r="AE21" t="s">
+        <v>879</v>
+      </c>
+      <c r="AF21" t="s">
+        <v>880</v>
+      </c>
+      <c r="AG21" t="s">
+        <v>881</v>
+      </c>
+      <c r="AH21" t="s">
+        <v>882</v>
+      </c>
+      <c r="AI21" t="s">
+        <v>883</v>
+      </c>
+      <c r="AJ21" t="s">
+        <v>884</v>
+      </c>
+      <c r="AK21" t="s">
+        <v>885</v>
+      </c>
+      <c r="AL21" t="s">
+        <v>761</v>
+      </c>
+      <c r="AM21" t="s">
+        <v>886</v>
+      </c>
+      <c r="AN21" t="s">
+        <v>887</v>
+      </c>
+      <c r="AO21" t="s">
+        <v>888</v>
+      </c>
+      <c r="AP21" t="s">
+        <v>889</v>
+      </c>
+      <c r="AQ21" t="s">
+        <v>728</v>
+      </c>
+      <c r="AR21" t="s">
+        <v>784</v>
+      </c>
+      <c r="AS21" t="s">
+        <v>861</v>
+      </c>
+      <c r="AT21" t="s">
+        <v>785</v>
+      </c>
+      <c r="AU21" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="22" spans="1:64">
+      <c r="A22" t="s">
+        <v>248</v>
+      </c>
+      <c r="B22" t="s">
+        <v>24</v>
+      </c>
+      <c r="C22" t="s">
+        <v>150</v>
+      </c>
+      <c r="D22" t="s">
+        <v>25</v>
+      </c>
+      <c r="E22" t="s">
+        <v>26</v>
+      </c>
+      <c r="F22">
+        <v>2</v>
+      </c>
+      <c r="G22">
+        <v>32965036</v>
+      </c>
+      <c r="H22" t="s">
+        <v>249</v>
+      </c>
+      <c r="I22">
+        <v>2020</v>
+      </c>
+      <c r="J22" t="s">
+        <v>250</v>
+      </c>
+      <c r="K22" t="s">
+        <v>251</v>
+      </c>
+      <c r="L22" t="s">
+        <v>252</v>
+      </c>
+      <c r="M22"/>
+      <c r="N22" t="s">
+        <v>253</v>
+      </c>
+      <c r="O22"/>
+      <c r="P22"/>
+      <c r="Q22"/>
+      <c r="R22" t="s">
+        <v>254</v>
+      </c>
+      <c r="S22"/>
+      <c r="T22" t="s">
+        <v>255</v>
+      </c>
+      <c r="U22" t="s">
+        <v>35</v>
+      </c>
+      <c r="V22" t="s">
+        <v>36</v>
+      </c>
+      <c r="W22" t="s">
+        <v>256</v>
+      </c>
+      <c r="X22" t="s">
+        <v>891</v>
+      </c>
+      <c r="Y22" t="s">
+        <v>710</v>
+      </c>
+      <c r="Z22" t="s">
+        <v>711</v>
+      </c>
+      <c r="AA22" t="s">
+        <v>712</v>
+      </c>
+      <c r="AB22" t="s">
+        <v>866</v>
+      </c>
+      <c r="AC22" t="s">
+        <v>713</v>
+      </c>
+      <c r="AD22" t="s">
+        <v>867</v>
+      </c>
+      <c r="AE22" t="s">
+        <v>811</v>
+      </c>
+      <c r="AF22" t="s">
+        <v>784</v>
+      </c>
+      <c r="AG22" t="s">
+        <v>892</v>
+      </c>
+      <c r="AH22" t="s">
+        <v>893</v>
+      </c>
+      <c r="AI22" t="s">
+        <v>894</v>
+      </c>
+      <c r="AJ22" t="s">
+        <v>895</v>
+      </c>
+      <c r="AK22" t="s">
+        <v>896</v>
+      </c>
+      <c r="AL22" t="s">
+        <v>897</v>
+      </c>
+      <c r="AM22" t="s">
+        <v>898</v>
+      </c>
+      <c r="AN22" t="s">
+        <v>899</v>
+      </c>
+      <c r="AO22" t="s">
+        <v>900</v>
+      </c>
+      <c r="AP22" t="s">
+        <v>901</v>
+      </c>
+      <c r="AQ22" t="s">
+        <v>902</v>
+      </c>
+      <c r="AR22" t="s">
+        <v>903</v>
+      </c>
+      <c r="AS22" t="s">
+        <v>904</v>
+      </c>
+      <c r="AT22" t="s">
+        <v>768</v>
+      </c>
+      <c r="AU22" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="23" spans="1:64">
+      <c r="A23" t="s">
+        <v>257</v>
+      </c>
+      <c r="B23" t="s">
+        <v>238</v>
+      </c>
+      <c r="C23" t="s">
+        <v>239</v>
+      </c>
+      <c r="D23" t="s">
+        <v>40</v>
+      </c>
+      <c r="E23" t="s">
+        <v>26</v>
+      </c>
+      <c r="F23">
+        <v>2</v>
+      </c>
+      <c r="G23">
+        <v>33007248</v>
+      </c>
+      <c r="H23" t="s">
+        <v>258</v>
+      </c>
+      <c r="I23">
+        <v>2020</v>
+      </c>
+      <c r="J23" t="s">
+        <v>259</v>
+      </c>
+      <c r="K23" t="s">
+        <v>143</v>
+      </c>
+      <c r="L23" t="s">
+        <v>144</v>
+      </c>
+      <c r="M23"/>
+      <c r="N23" t="s">
+        <v>260</v>
+      </c>
+      <c r="O23" t="s">
+        <v>261</v>
+      </c>
+      <c r="P23">
+        <v>23</v>
+      </c>
+      <c r="Q23">
+        <v>30</v>
+      </c>
+      <c r="R23" t="s">
+        <v>143</v>
+      </c>
+      <c r="S23"/>
+      <c r="T23" t="s">
+        <v>262</v>
+      </c>
+      <c r="U23" t="s">
+        <v>263</v>
+      </c>
+      <c r="V23" t="s">
+        <v>246</v>
+      </c>
+      <c r="W23" t="s">
+        <v>264</v>
+      </c>
+      <c r="X23" t="s">
+        <v>906</v>
+      </c>
+      <c r="Y23" t="s">
+        <v>876</v>
+      </c>
+      <c r="Z23" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="24" spans="1:64">
+      <c r="A24" t="s">
+        <v>265</v>
+      </c>
+      <c r="B24" t="s">
+        <v>52</v>
+      </c>
+      <c r="C24" t="s">
+        <v>53</v>
+      </c>
+      <c r="D24" t="s">
+        <v>40</v>
+      </c>
+      <c r="E24" t="s">
+        <v>26</v>
+      </c>
+      <c r="F24">
+        <v>2</v>
+      </c>
+      <c r="G24">
+        <v>33122439</v>
+      </c>
+      <c r="H24" t="s">
+        <v>266</v>
+      </c>
+      <c r="I24">
+        <v>2020</v>
+      </c>
+      <c r="J24" t="s">
+        <v>267</v>
+      </c>
+      <c r="K24" t="s">
+        <v>268</v>
+      </c>
+      <c r="L24" t="s">
+        <v>269</v>
+      </c>
+      <c r="M24"/>
+      <c r="N24" t="s">
+        <v>270</v>
+      </c>
+      <c r="O24" t="s">
+        <v>271</v>
+      </c>
+      <c r="P24">
+        <v>45</v>
+      </c>
+      <c r="Q24">
+        <v>117</v>
+      </c>
+      <c r="R24" t="s">
+        <v>272</v>
+      </c>
+      <c r="S24"/>
+      <c r="T24" t="s">
+        <v>273</v>
+      </c>
+      <c r="U24" t="s">
+        <v>61</v>
+      </c>
+      <c r="V24" t="s">
+        <v>185</v>
+      </c>
+      <c r="W24" t="s">
+        <v>274</v>
+      </c>
+      <c r="X24" t="s">
+        <v>908</v>
+      </c>
+      <c r="Y24" t="s">
+        <v>726</v>
+      </c>
+      <c r="Z24" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="25" spans="1:64">
+      <c r="A25" t="s">
+        <v>275</v>
+      </c>
+      <c r="B25" t="s">
+        <v>238</v>
+      </c>
+      <c r="C25" t="s">
+        <v>239</v>
+      </c>
+      <c r="D25" t="s">
+        <v>25</v>
+      </c>
+      <c r="E25" t="s">
+        <v>65</v>
+      </c>
+      <c r="F25">
+        <v>2</v>
+      </c>
+      <c r="G25">
+        <v>31876198</v>
+      </c>
+      <c r="H25" t="s">
+        <v>276</v>
+      </c>
+      <c r="I25">
+        <v>2019</v>
+      </c>
+      <c r="J25" t="s">
+        <v>277</v>
+      </c>
+      <c r="K25" t="s">
+        <v>190</v>
+      </c>
+      <c r="L25" t="s">
+        <v>191</v>
+      </c>
+      <c r="M25"/>
+      <c r="N25" t="s">
+        <v>278</v>
+      </c>
+      <c r="O25" t="s">
+        <v>279</v>
+      </c>
+      <c r="P25">
+        <v>1</v>
+      </c>
+      <c r="Q25">
+        <v>34</v>
+      </c>
+      <c r="R25" t="s">
+        <v>190</v>
+      </c>
+      <c r="S25"/>
+      <c r="T25" t="s">
+        <v>280</v>
+      </c>
+      <c r="U25" t="s">
+        <v>281</v>
+      </c>
+      <c r="V25" t="s">
+        <v>246</v>
+      </c>
+      <c r="W25" t="s">
+        <v>282</v>
+      </c>
+      <c r="X25" t="s">
+        <v>910</v>
+      </c>
+      <c r="Y25" t="s">
+        <v>876</v>
+      </c>
+      <c r="Z25" t="s">
+        <v>911</v>
+      </c>
+      <c r="AA25" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="26" spans="1:64">
+      <c r="A26" t="s">
+        <v>283</v>
+      </c>
+      <c r="B26" t="s">
+        <v>52</v>
+      </c>
+      <c r="C26" t="s">
+        <v>53</v>
+      </c>
+      <c r="D26" t="s">
+        <v>25</v>
+      </c>
+      <c r="E26" t="s">
+        <v>26</v>
+      </c>
+      <c r="F26">
+        <v>2</v>
+      </c>
+      <c r="G26"/>
+      <c r="H26" t="s">
+        <v>284</v>
+      </c>
+      <c r="I26">
+        <v>2021</v>
+      </c>
+      <c r="J26" t="s">
+        <v>285</v>
+      </c>
+      <c r="K26" t="s">
+        <v>220</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26"/>
+      <c r="N26" t="s">
+        <v>286</v>
+      </c>
+      <c r="O26"/>
+      <c r="P26"/>
+      <c r="Q26"/>
+      <c r="R26"/>
+      <c r="S26"/>
+      <c r="T26" t="s">
+        <v>287</v>
+      </c>
+      <c r="U26" t="s">
+        <v>288</v>
+      </c>
+      <c r="V26" t="s">
+        <v>185</v>
+      </c>
+      <c r="W26" t="s">
+        <v>289</v>
+      </c>
+      <c r="X26" t="s">
+        <v>913</v>
+      </c>
+      <c r="Y26" t="s">
+        <v>710</v>
+      </c>
+      <c r="Z26" t="s">
+        <v>726</v>
+      </c>
+      <c r="AA26" t="s">
+        <v>914</v>
+      </c>
+      <c r="AB26" t="s">
+        <v>915</v>
+      </c>
+      <c r="AC26" t="s">
+        <v>859</v>
+      </c>
+      <c r="AD26" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="27" spans="1:64">
+      <c r="A27" t="s">
+        <v>290</v>
+      </c>
+      <c r="B27" t="s">
+        <v>24</v>
+      </c>
+      <c r="C27" t="s">
+        <v>150</v>
+      </c>
+      <c r="D27" t="s">
+        <v>40</v>
+      </c>
+      <c r="E27" t="s">
+        <v>54</v>
+      </c>
+      <c r="F27">
+        <v>2</v>
+      </c>
+      <c r="G27"/>
+      <c r="H27" t="s">
+        <v>291</v>
+      </c>
+      <c r="I27">
+        <v>2020</v>
+      </c>
+      <c r="J27" t="s">
+        <v>292</v>
+      </c>
+      <c r="K27" t="s">
+        <v>57</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27"/>
+      <c r="N27" t="s">
+        <v>293</v>
+      </c>
+      <c r="O27"/>
+      <c r="P27"/>
+      <c r="Q27"/>
+      <c r="R27" t="s">
+        <v>59</v>
+      </c>
+      <c r="S27"/>
+      <c r="T27" t="s">
+        <v>294</v>
+      </c>
+      <c r="U27" t="s">
+        <v>295</v>
+      </c>
+      <c r="V27" t="s">
+        <v>74</v>
+      </c>
+      <c r="W27" t="s">
+        <v>296</v>
+      </c>
+      <c r="X27" t="s">
+        <v>916</v>
+      </c>
+      <c r="Y27" t="s">
+        <v>710</v>
+      </c>
+      <c r="Z27" t="s">
+        <v>712</v>
+      </c>
+      <c r="AA27" t="s">
+        <v>713</v>
+      </c>
+      <c r="AB27" t="s">
+        <v>917</v>
+      </c>
+      <c r="AC27" t="s">
+        <v>918</v>
+      </c>
+      <c r="AD27" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="28" spans="1:64">
+      <c r="A28" t="s">
+        <v>297</v>
+      </c>
+      <c r="B28" t="s">
+        <v>52</v>
+      </c>
+      <c r="C28" t="s">
+        <v>53</v>
+      </c>
+      <c r="D28" t="s">
+        <v>40</v>
+      </c>
+      <c r="E28" t="s">
+        <v>54</v>
+      </c>
+      <c r="F28">
+        <v>2</v>
+      </c>
+      <c r="G28"/>
+      <c r="H28" t="s">
+        <v>298</v>
+      </c>
+      <c r="I28">
+        <v>2020</v>
+      </c>
+      <c r="J28" t="s">
+        <v>299</v>
+      </c>
+      <c r="K28" t="s">
+        <v>57</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28"/>
+      <c r="N28" t="s">
+        <v>300</v>
+      </c>
+      <c r="O28"/>
+      <c r="P28"/>
+      <c r="Q28"/>
+      <c r="R28" t="s">
+        <v>57</v>
+      </c>
+      <c r="S28"/>
+      <c r="T28" t="s">
+        <v>301</v>
+      </c>
+      <c r="U28" t="s">
+        <v>302</v>
+      </c>
+      <c r="V28" t="s">
+        <v>185</v>
+      </c>
+      <c r="W28" t="s">
+        <v>303</v>
+      </c>
+      <c r="X28" t="s">
+        <v>919</v>
+      </c>
+      <c r="Y28" t="s">
+        <v>920</v>
+      </c>
+      <c r="Z28" t="s">
+        <v>710</v>
+      </c>
+      <c r="AA28" t="s">
+        <v>726</v>
+      </c>
+      <c r="AB28" t="s">
+        <v>921</v>
+      </c>
+      <c r="AC28" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="29" spans="1:64">
+      <c r="A29" t="s">
+        <v>304</v>
+      </c>
+      <c r="B29" t="s">
+        <v>97</v>
+      </c>
+      <c r="C29" t="s">
+        <v>98</v>
+      </c>
+      <c r="D29" t="s">
+        <v>40</v>
+      </c>
+      <c r="E29" t="s">
+        <v>26</v>
+      </c>
+      <c r="F29">
+        <v>2</v>
+      </c>
+      <c r="G29"/>
+      <c r="H29" t="s">
+        <v>305</v>
+      </c>
+      <c r="I29">
+        <v>2020</v>
+      </c>
+      <c r="J29" t="s">
+        <v>306</v>
+      </c>
+      <c r="K29" t="s">
+        <v>307</v>
+      </c>
+      <c r="L29" t="s">
+        <v>308</v>
+      </c>
+      <c r="M29"/>
+      <c r="N29" t="s">
+        <v>309</v>
+      </c>
+      <c r="O29">
+        <v>100210</v>
+      </c>
+      <c r="P29">
+        <v>3</v>
+      </c>
+      <c r="Q29">
+        <v>1</v>
+      </c>
+      <c r="R29" t="s">
+        <v>307</v>
+      </c>
+      <c r="S29"/>
+      <c r="T29" t="s">
+        <v>310</v>
+      </c>
+      <c r="U29" t="s">
+        <v>117</v>
+      </c>
+      <c r="V29" t="s">
+        <v>107</v>
+      </c>
+      <c r="W29" t="s">
+        <v>311</v>
+      </c>
+      <c r="X29" t="s">
+        <v>843</v>
+      </c>
+      <c r="Y29" t="s">
+        <v>923</v>
+      </c>
+      <c r="Z29" t="s">
+        <v>846</v>
+      </c>
+      <c r="AA29" t="s">
+        <v>924</v>
+      </c>
+      <c r="AB29" t="s">
+        <v>710</v>
+      </c>
+      <c r="AC29" t="s">
+        <v>743</v>
+      </c>
+      <c r="AD29" t="s">
+        <v>742</v>
+      </c>
+      <c r="AE29" t="s">
+        <v>840</v>
+      </c>
+      <c r="AF29" t="s">
+        <v>728</v>
+      </c>
+      <c r="AG29" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="30" spans="1:64">
+      <c r="A30" t="s">
+        <v>312</v>
+      </c>
+      <c r="B30" t="s">
+        <v>24</v>
+      </c>
+      <c r="C30"/>
+      <c r="D30" t="s">
+        <v>40</v>
+      </c>
+      <c r="E30" t="s">
+        <v>54</v>
+      </c>
+      <c r="F30">
+        <v>2</v>
+      </c>
+      <c r="G30"/>
+      <c r="H30" t="s">
+        <v>313</v>
+      </c>
+      <c r="I30">
+        <v>2021</v>
+      </c>
+      <c r="J30" t="s">
+        <v>314</v>
+      </c>
+      <c r="K30" t="s">
+        <v>57</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30"/>
+      <c r="N30" t="s">
+        <v>315</v>
+      </c>
+      <c r="O30"/>
+      <c r="P30"/>
+      <c r="Q30">
+        <v>0</v>
+      </c>
+      <c r="R30" t="s">
+        <v>59</v>
+      </c>
+      <c r="S30"/>
+      <c r="T30" t="s">
+        <v>316</v>
+      </c>
+      <c r="U30" t="s">
+        <v>317</v>
+      </c>
+      <c r="V30" t="s">
+        <v>318</v>
+      </c>
+      <c r="W30" t="s">
+        <v>319</v>
+      </c>
+      <c r="X30" t="s">
+        <v>926</v>
+      </c>
+      <c r="Y30" t="s">
+        <v>927</v>
+      </c>
+      <c r="Z30" t="s">
+        <v>928</v>
+      </c>
+      <c r="AA30" t="s">
+        <v>929</v>
+      </c>
+      <c r="AB30" t="s">
+        <v>930</v>
+      </c>
+      <c r="AC30" t="s">
+        <v>931</v>
+      </c>
+      <c r="AD30" t="s">
+        <v>932</v>
+      </c>
+      <c r="AE30" t="s">
+        <v>933</v>
+      </c>
+      <c r="AF30" t="s">
+        <v>934</v>
+      </c>
+      <c r="AG30" t="s">
+        <v>935</v>
+      </c>
+      <c r="AH30" t="s">
+        <v>710</v>
+      </c>
+      <c r="AI30" t="s">
+        <v>936</v>
+      </c>
+      <c r="AJ30" t="s">
+        <v>713</v>
+      </c>
+      <c r="AK30" t="s">
+        <v>711</v>
+      </c>
+      <c r="AL30" t="s">
+        <v>937</v>
+      </c>
+      <c r="AM30" t="s">
+        <v>938</v>
+      </c>
+      <c r="AN30" t="s">
+        <v>939</v>
+      </c>
+      <c r="AO30" t="s">
+        <v>867</v>
+      </c>
+      <c r="AP30" t="s">
+        <v>811</v>
+      </c>
+      <c r="AQ30" t="s">
+        <v>784</v>
+      </c>
+      <c r="AR30" t="s">
+        <v>892</v>
+      </c>
+      <c r="AS30" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="31" spans="1:64">
+      <c r="A31" t="s">
+        <v>320</v>
+      </c>
+      <c r="B31" t="s">
+        <v>52</v>
+      </c>
+      <c r="C31"/>
+      <c r="D31" t="s">
+        <v>40</v>
+      </c>
+      <c r="E31" t="s">
+        <v>54</v>
+      </c>
+      <c r="F31">
+        <v>2</v>
+      </c>
+      <c r="G31"/>
+      <c r="H31" t="s">
+        <v>321</v>
+      </c>
+      <c r="I31">
+        <v>2021</v>
+      </c>
+      <c r="J31" t="s">
+        <v>322</v>
+      </c>
+      <c r="K31" t="s">
+        <v>57</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31"/>
+      <c r="N31" t="s">
+        <v>323</v>
+      </c>
+      <c r="O31"/>
+      <c r="P31"/>
+      <c r="Q31">
+        <v>0</v>
+      </c>
+      <c r="R31" t="s">
+        <v>59</v>
+      </c>
+      <c r="S31"/>
+      <c r="T31" t="s">
+        <v>324</v>
+      </c>
+      <c r="U31" t="s">
+        <v>325</v>
+      </c>
+      <c r="V31" t="s">
+        <v>185</v>
+      </c>
+      <c r="W31" t="s">
+        <v>326</v>
+      </c>
+      <c r="X31" t="s">
+        <v>941</v>
+      </c>
+      <c r="Y31" t="s">
+        <v>942</v>
+      </c>
+      <c r="Z31" t="s">
+        <v>943</v>
+      </c>
+      <c r="AA31" t="s">
+        <v>944</v>
+      </c>
+      <c r="AB31" t="s">
+        <v>945</v>
+      </c>
+      <c r="AC31" t="s">
+        <v>726</v>
+      </c>
+      <c r="AD31" t="s">
+        <v>946</v>
+      </c>
+      <c r="AE31" t="s">
+        <v>860</v>
+      </c>
+      <c r="AF31" t="s">
+        <v>758</v>
+      </c>
+      <c r="AG31" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="32" spans="1:64">
+      <c r="A32" t="s">
+        <v>327</v>
+      </c>
+      <c r="B32" t="s">
+        <v>39</v>
+      </c>
+      <c r="C32" t="s">
+        <v>140</v>
+      </c>
+      <c r="D32" t="s">
+        <v>25</v>
+      </c>
+      <c r="E32" t="s">
+        <v>26</v>
+      </c>
+      <c r="F32">
+        <v>2</v>
+      </c>
+      <c r="G32">
+        <v>33622791</v>
+      </c>
+      <c r="H32" t="s">
+        <v>328</v>
+      </c>
+      <c r="I32">
+        <v>2021</v>
+      </c>
+      <c r="J32" t="s">
+        <v>329</v>
+      </c>
+      <c r="K32" t="s">
+        <v>268</v>
+      </c>
+      <c r="L32" t="s">
+        <v>269</v>
+      </c>
+      <c r="M32"/>
+      <c r="N32" t="s">
+        <v>330</v>
+      </c>
+      <c r="O32" t="s">
+        <v>331</v>
+      </c>
+      <c r="P32">
+        <v>9</v>
+      </c>
+      <c r="Q32">
+        <v>118</v>
+      </c>
+      <c r="R32" t="s">
+        <v>272</v>
+      </c>
+      <c r="S32"/>
+      <c r="T32" t="s">
+        <v>332</v>
+      </c>
+      <c r="U32" t="s">
+        <v>333</v>
+      </c>
+      <c r="V32" t="s">
+        <v>334</v>
+      </c>
+      <c r="W32" t="s">
+        <v>335</v>
+      </c>
+      <c r="X32" t="s">
+        <v>947</v>
+      </c>
+      <c r="Y32" t="s">
+        <v>948</v>
+      </c>
+      <c r="Z32" t="s">
+        <v>734</v>
+      </c>
+      <c r="AA32" t="s">
+        <v>719</v>
+      </c>
+      <c r="AB32" t="s">
+        <v>721</v>
+      </c>
+      <c r="AC32" t="s">
+        <v>949</v>
+      </c>
+      <c r="AD32" t="s">
+        <v>758</v>
+      </c>
+      <c r="AE32" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="33" spans="1:64">
+      <c r="A33" t="s">
+        <v>336</v>
+      </c>
+      <c r="B33" t="s">
+        <v>238</v>
+      </c>
+      <c r="C33" t="s">
+        <v>239</v>
+      </c>
+      <c r="D33" t="s">
+        <v>40</v>
+      </c>
+      <c r="E33" t="s">
+        <v>26</v>
+      </c>
+      <c r="F33">
+        <v>2</v>
+      </c>
+      <c r="G33"/>
+      <c r="H33" t="s">
+        <v>337</v>
+      </c>
+      <c r="I33">
+        <v>2021</v>
+      </c>
+      <c r="J33" t="s">
+        <v>338</v>
+      </c>
+      <c r="K33" t="s">
+        <v>112</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33"/>
+      <c r="N33"/>
+      <c r="O33"/>
+      <c r="P33"/>
+      <c r="Q33">
+        <v>0</v>
+      </c>
+      <c r="R33"/>
+      <c r="S33"/>
+      <c r="T33" t="s">
+        <v>339</v>
+      </c>
+      <c r="U33" t="s">
+        <v>340</v>
+      </c>
+      <c r="V33" t="s">
+        <v>246</v>
+      </c>
+      <c r="W33" t="s">
+        <v>341</v>
+      </c>
+      <c r="X33" t="s">
+        <v>950</v>
+      </c>
+      <c r="Y33" t="s">
+        <v>951</v>
+      </c>
+      <c r="Z33" t="s">
+        <v>876</v>
+      </c>
+      <c r="AA33" t="s">
+        <v>952</v>
+      </c>
+      <c r="AB33" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="34" spans="1:64">
+      <c r="A34" t="s">
+        <v>342</v>
+      </c>
+      <c r="B34" t="s">
+        <v>39</v>
+      </c>
+      <c r="C34" t="s">
+        <v>140</v>
+      </c>
+      <c r="D34" t="s">
+        <v>25</v>
+      </c>
+      <c r="E34" t="s">
+        <v>26</v>
+      </c>
+      <c r="F34">
+        <v>2</v>
+      </c>
+      <c r="G34">
+        <v>33651992</v>
+      </c>
+      <c r="H34" t="s">
+        <v>343</v>
+      </c>
+      <c r="I34">
+        <v>2021</v>
+      </c>
+      <c r="J34" t="s">
+        <v>344</v>
+      </c>
+      <c r="K34" t="s">
+        <v>143</v>
+      </c>
+      <c r="L34" t="s">
+        <v>144</v>
+      </c>
+      <c r="M34"/>
+      <c r="N34" t="s">
+        <v>345</v>
+      </c>
+      <c r="O34"/>
+      <c r="P34"/>
+      <c r="Q34">
+        <v>0</v>
+      </c>
+      <c r="R34" t="s">
+        <v>143</v>
+      </c>
+      <c r="S34"/>
+      <c r="T34" t="s">
+        <v>346</v>
+      </c>
+      <c r="U34" t="s">
+        <v>347</v>
+      </c>
+      <c r="V34" t="s">
+        <v>49</v>
+      </c>
+      <c r="W34" t="s">
+        <v>348</v>
+      </c>
+      <c r="X34" t="s">
+        <v>953</v>
+      </c>
+      <c r="Y34" t="s">
+        <v>710</v>
+      </c>
+      <c r="Z34" t="s">
+        <v>719</v>
+      </c>
+      <c r="AA34" t="s">
+        <v>954</v>
+      </c>
+      <c r="AB34" t="s">
+        <v>955</v>
+      </c>
+      <c r="AC34" t="s">
+        <v>757</v>
+      </c>
+      <c r="AD34" t="s">
+        <v>956</v>
+      </c>
+      <c r="AE34" t="s">
+        <v>957</v>
+      </c>
+      <c r="AF34" t="s">
+        <v>758</v>
+      </c>
+      <c r="AG34" t="s">
+        <v>759</v>
+      </c>
+      <c r="AH34" t="s">
+        <v>827</v>
+      </c>
+      <c r="AI34" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="35" spans="1:64">
+      <c r="A35" t="s">
+        <v>349</v>
+      </c>
+      <c r="B35" t="s">
+        <v>39</v>
+      </c>
+      <c r="C35" t="s">
+        <v>140</v>
+      </c>
+      <c r="D35" t="s">
+        <v>40</v>
+      </c>
+      <c r="E35" t="s">
+        <v>26</v>
+      </c>
+      <c r="F35">
+        <v>2</v>
+      </c>
+      <c r="G35">
+        <v>33852845</v>
+      </c>
+      <c r="H35" t="s">
+        <v>350</v>
+      </c>
+      <c r="I35">
+        <v>2021</v>
+      </c>
+      <c r="J35" t="s">
+        <v>351</v>
+      </c>
+      <c r="K35" t="s">
+        <v>352</v>
+      </c>
+      <c r="L35" t="s">
+        <v>353</v>
+      </c>
+      <c r="M35"/>
+      <c r="N35" t="s">
+        <v>354</v>
+      </c>
+      <c r="O35">
+        <v>108941</v>
+      </c>
+      <c r="P35">
+        <v>2</v>
+      </c>
+      <c r="Q35">
+        <v>35</v>
+      </c>
+      <c r="R35" t="s">
+        <v>352</v>
+      </c>
+      <c r="S35"/>
+      <c r="T35" t="s">
+        <v>355</v>
+      </c>
+      <c r="U35" t="s">
+        <v>356</v>
+      </c>
+      <c r="V35" t="s">
+        <v>49</v>
+      </c>
+      <c r="W35" t="s">
+        <v>357</v>
+      </c>
+      <c r="X35" t="s">
+        <v>959</v>
+      </c>
+      <c r="Y35" t="s">
+        <v>960</v>
+      </c>
+      <c r="Z35" t="s">
+        <v>961</v>
+      </c>
+      <c r="AA35" t="s">
+        <v>962</v>
+      </c>
+      <c r="AB35" t="s">
+        <v>963</v>
+      </c>
+      <c r="AC35" t="s">
+        <v>710</v>
+      </c>
+      <c r="AD35" t="s">
+        <v>964</v>
+      </c>
+      <c r="AE35" t="s">
+        <v>720</v>
+      </c>
+      <c r="AF35" t="s">
+        <v>965</v>
+      </c>
+      <c r="AG35" t="s">
+        <v>966</v>
+      </c>
+      <c r="AH35" t="s">
+        <v>967</v>
+      </c>
+      <c r="AI35" t="s">
+        <v>968</v>
+      </c>
+      <c r="AJ35" t="s">
+        <v>969</v>
+      </c>
+      <c r="AK35" t="s">
+        <v>970</v>
+      </c>
+      <c r="AL35" t="s">
+        <v>719</v>
+      </c>
+      <c r="AM35" t="s">
+        <v>758</v>
+      </c>
+      <c r="AN35" t="s">
+        <v>759</v>
+      </c>
+      <c r="AO35" t="s">
+        <v>971</v>
+      </c>
+      <c r="AP35" t="s">
+        <v>972</v>
+      </c>
+      <c r="AQ35" t="s">
+        <v>973</v>
+      </c>
+      <c r="AR35" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="36" spans="1:64">
+      <c r="A36" t="s">
+        <v>358</v>
+      </c>
+      <c r="B36" t="s">
+        <v>52</v>
+      </c>
+      <c r="C36" t="s">
+        <v>53</v>
+      </c>
+      <c r="D36" t="s">
+        <v>40</v>
+      </c>
+      <c r="E36" t="s">
+        <v>54</v>
+      </c>
+      <c r="F36">
+        <v>2</v>
+      </c>
+      <c r="G36"/>
+      <c r="H36" t="s">
+        <v>359</v>
+      </c>
+      <c r="I36">
+        <v>2020</v>
+      </c>
+      <c r="J36" t="s">
+        <v>360</v>
+      </c>
+      <c r="K36" t="s">
+        <v>57</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36"/>
+      <c r="N36" t="s">
+        <v>361</v>
+      </c>
+      <c r="O36"/>
+      <c r="P36"/>
+      <c r="Q36">
+        <v>0</v>
+      </c>
+      <c r="R36"/>
+      <c r="S36"/>
+      <c r="T36" t="s">
+        <v>273</v>
+      </c>
+      <c r="U36" t="s">
+        <v>61</v>
+      </c>
+      <c r="V36" t="s">
+        <v>185</v>
+      </c>
+      <c r="W36" t="s">
+        <v>362</v>
+      </c>
+      <c r="X36" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="37" spans="1:64">
+      <c r="A37" t="s">
+        <v>363</v>
+      </c>
+      <c r="B37" t="s">
+        <v>364</v>
+      </c>
+      <c r="C37" t="s">
+        <v>140</v>
+      </c>
+      <c r="D37" t="s">
+        <v>40</v>
+      </c>
+      <c r="E37" t="s">
+        <v>26</v>
+      </c>
+      <c r="F37">
+        <v>2</v>
+      </c>
+      <c r="G37">
+        <v>33771998</v>
+      </c>
+      <c r="H37" t="s">
+        <v>365</v>
+      </c>
+      <c r="I37">
+        <v>2021</v>
+      </c>
+      <c r="J37" t="s">
+        <v>366</v>
+      </c>
+      <c r="K37" t="s">
+        <v>43</v>
+      </c>
+      <c r="L37" t="s">
+        <v>44</v>
+      </c>
+      <c r="M37"/>
+      <c r="N37" t="s">
+        <v>367</v>
+      </c>
+      <c r="O37"/>
+      <c r="P37">
+        <v>1</v>
+      </c>
+      <c r="Q37">
+        <v>12</v>
+      </c>
+      <c r="R37" t="s">
+        <v>46</v>
+      </c>
+      <c r="S37"/>
+      <c r="T37" t="s">
+        <v>368</v>
+      </c>
+      <c r="U37" t="s">
+        <v>369</v>
+      </c>
+      <c r="V37" t="s">
+        <v>49</v>
+      </c>
+      <c r="W37" t="s">
+        <v>370</v>
+      </c>
+      <c r="X37" t="s">
+        <v>976</v>
+      </c>
+      <c r="Y37" t="s">
+        <v>977</v>
+      </c>
+      <c r="Z37" t="s">
+        <v>710</v>
+      </c>
+      <c r="AA37" t="s">
+        <v>719</v>
+      </c>
+      <c r="AB37" t="s">
+        <v>742</v>
+      </c>
+      <c r="AC37" t="s">
+        <v>978</v>
+      </c>
+      <c r="AD37" t="s">
+        <v>979</v>
+      </c>
+      <c r="AE37" t="s">
+        <v>721</v>
+      </c>
+      <c r="AF37" t="s">
+        <v>758</v>
+      </c>
+      <c r="AG37" t="s">
+        <v>840</v>
+      </c>
+      <c r="AH37" t="s">
+        <v>759</v>
+      </c>
+      <c r="AI37" t="s">
+        <v>980</v>
+      </c>
+      <c r="AJ37" t="s">
+        <v>784</v>
+      </c>
+      <c r="AK37" t="s">
+        <v>728</v>
+      </c>
+      <c r="AL37" t="s">
+        <v>832</v>
+      </c>
+      <c r="AM37" t="s">
+        <v>835</v>
+      </c>
+      <c r="AN37" t="s">
+        <v>981</v>
+      </c>
+      <c r="AO37" t="s">
+        <v>785</v>
+      </c>
+      <c r="AP37" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="38" spans="1:64">
+      <c r="A38" t="s">
+        <v>371</v>
+      </c>
+      <c r="B38" t="s">
+        <v>372</v>
+      </c>
+      <c r="C38" t="s">
+        <v>163</v>
+      </c>
+      <c r="D38" t="s">
+        <v>40</v>
+      </c>
+      <c r="E38" t="s">
+        <v>26</v>
+      </c>
+      <c r="F38">
+        <v>2</v>
+      </c>
+      <c r="G38">
+        <v>33730583</v>
+      </c>
+      <c r="H38" t="s">
+        <v>373</v>
+      </c>
+      <c r="I38">
+        <v>2021</v>
+      </c>
+      <c r="J38" t="s">
+        <v>374</v>
+      </c>
+      <c r="K38" t="s">
+        <v>352</v>
+      </c>
+      <c r="L38" t="s">
+        <v>353</v>
+      </c>
+      <c r="M38"/>
+      <c r="N38" t="s">
+        <v>375</v>
+      </c>
+      <c r="O38">
+        <v>108871</v>
+      </c>
+      <c r="P38">
+        <v>11</v>
+      </c>
+      <c r="Q38">
+        <v>34</v>
+      </c>
+      <c r="R38" t="s">
+        <v>352</v>
+      </c>
+      <c r="S38"/>
+      <c r="T38" t="s">
+        <v>376</v>
+      </c>
+      <c r="U38" t="s">
+        <v>377</v>
+      </c>
+      <c r="V38" t="s">
+        <v>174</v>
+      </c>
+      <c r="W38" t="s">
+        <v>378</v>
+      </c>
+      <c r="X38" t="s">
+        <v>983</v>
+      </c>
+      <c r="Y38" t="s">
+        <v>984</v>
+      </c>
+      <c r="Z38" t="s">
+        <v>985</v>
+      </c>
+      <c r="AA38" t="s">
+        <v>986</v>
+      </c>
+      <c r="AB38" t="s">
+        <v>710</v>
+      </c>
+      <c r="AC38" t="s">
+        <v>742</v>
+      </c>
+      <c r="AD38" t="s">
+        <v>820</v>
+      </c>
+      <c r="AE38" t="s">
+        <v>987</v>
+      </c>
+      <c r="AF38" t="s">
+        <v>840</v>
+      </c>
+      <c r="AG38" t="s">
+        <v>988</v>
+      </c>
+      <c r="AH38" t="s">
+        <v>804</v>
+      </c>
+      <c r="AI38" t="s">
+        <v>785</v>
+      </c>
+      <c r="AJ38" t="s">
+        <v>989</v>
+      </c>
+      <c r="AK38" t="s">
+        <v>990</v>
+      </c>
+      <c r="AL38" t="s">
+        <v>991</v>
+      </c>
+      <c r="AM38" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="39" spans="1:64">
+      <c r="A39" t="s">
+        <v>379</v>
+      </c>
+      <c r="B39" t="s">
+        <v>380</v>
+      </c>
+      <c r="C39" t="s">
+        <v>53</v>
+      </c>
+      <c r="D39" t="s">
+        <v>40</v>
+      </c>
+      <c r="E39" t="s">
+        <v>54</v>
+      </c>
+      <c r="F39">
+        <v>2</v>
+      </c>
+      <c r="G39"/>
+      <c r="H39" t="s">
+        <v>381</v>
+      </c>
+      <c r="I39">
+        <v>2021</v>
+      </c>
+      <c r="J39" t="s">
+        <v>382</v>
+      </c>
+      <c r="K39" t="s">
+        <v>57</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39"/>
+      <c r="N39" t="s">
+        <v>383</v>
+      </c>
+      <c r="O39"/>
+      <c r="P39"/>
+      <c r="Q39"/>
+      <c r="R39"/>
+      <c r="S39"/>
+      <c r="T39" t="s">
+        <v>384</v>
+      </c>
+      <c r="U39" t="s">
+        <v>385</v>
+      </c>
+      <c r="V39" t="s">
+        <v>185</v>
+      </c>
+      <c r="W39" t="s">
+        <v>386</v>
+      </c>
+      <c r="X39" t="s">
+        <v>992</v>
+      </c>
+      <c r="Y39" t="s">
+        <v>710</v>
+      </c>
+      <c r="Z39" t="s">
+        <v>993</v>
+      </c>
+      <c r="AA39" t="s">
+        <v>994</v>
+      </c>
+      <c r="AB39" t="s">
+        <v>995</v>
+      </c>
+      <c r="AC39" t="s">
+        <v>996</v>
+      </c>
+      <c r="AD39" t="s">
+        <v>726</v>
+      </c>
+      <c r="AE39" t="s">
+        <v>997</v>
+      </c>
+      <c r="AF39" t="s">
+        <v>859</v>
+      </c>
+      <c r="AG39" t="s">
+        <v>998</v>
+      </c>
+      <c r="AH39" t="s">
+        <v>999</v>
+      </c>
+      <c r="AI39" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="40" spans="1:64">
+      <c r="A40" t="s">
+        <v>387</v>
+      </c>
+      <c r="B40" t="s">
+        <v>52</v>
+      </c>
+      <c r="C40" t="s">
+        <v>53</v>
+      </c>
+      <c r="D40" t="s">
+        <v>40</v>
+      </c>
+      <c r="E40" t="s">
+        <v>54</v>
+      </c>
+      <c r="F40">
+        <v>2</v>
+      </c>
+      <c r="G40"/>
+      <c r="H40" t="s">
+        <v>388</v>
+      </c>
+      <c r="I40">
+        <v>2021</v>
+      </c>
+      <c r="J40" t="s">
+        <v>389</v>
+      </c>
+      <c r="K40" t="s">
+        <v>57</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40"/>
+      <c r="N40"/>
+      <c r="O40"/>
+      <c r="P40"/>
+      <c r="Q40"/>
+      <c r="R40" t="s">
+        <v>57</v>
+      </c>
+      <c r="S40"/>
+      <c r="T40" t="s">
+        <v>390</v>
+      </c>
+      <c r="U40" t="s">
+        <v>302</v>
+      </c>
+      <c r="V40" t="s">
+        <v>391</v>
+      </c>
+      <c r="W40" t="s">
+        <v>392</v>
+      </c>
+      <c r="X40" t="s">
+        <v>1001</v>
+      </c>
+      <c r="Y40" t="s">
+        <v>710</v>
+      </c>
+      <c r="Z40" t="s">
+        <v>922</v>
+      </c>
+      <c r="AA40" t="s">
+        <v>993</v>
+      </c>
+      <c r="AB40" t="s">
+        <v>726</v>
+      </c>
+      <c r="AC40" t="s">
+        <v>859</v>
+      </c>
+      <c r="AD40" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="41" spans="1:64">
+      <c r="A41" t="s">
+        <v>393</v>
+      </c>
+      <c r="B41" t="s">
+        <v>24</v>
+      </c>
+      <c r="C41" t="s">
+        <v>150</v>
+      </c>
+      <c r="D41" t="s">
+        <v>40</v>
+      </c>
+      <c r="E41" t="s">
+        <v>26</v>
+      </c>
+      <c r="F41">
+        <v>2</v>
+      </c>
+      <c r="G41">
+        <v>33688796</v>
+      </c>
+      <c r="H41" t="s">
+        <v>394</v>
+      </c>
+      <c r="I41">
+        <v>2021</v>
+      </c>
+      <c r="J41" t="s">
+        <v>314</v>
+      </c>
+      <c r="K41" t="s">
+        <v>190</v>
+      </c>
+      <c r="L41" t="s">
+        <v>191</v>
+      </c>
+      <c r="M41"/>
+      <c r="N41" t="s">
+        <v>395</v>
+      </c>
+      <c r="O41" t="s">
+        <v>396</v>
+      </c>
+      <c r="P41"/>
+      <c r="Q41"/>
+      <c r="R41" t="s">
+        <v>190</v>
+      </c>
+      <c r="S41"/>
+      <c r="T41" t="s">
+        <v>316</v>
+      </c>
+      <c r="U41" t="s">
+        <v>317</v>
+      </c>
+      <c r="V41" t="s">
+        <v>318</v>
+      </c>
+      <c r="W41" t="s">
+        <v>397</v>
+      </c>
+      <c r="X41" t="s">
+        <v>1002</v>
+      </c>
+      <c r="Y41" t="s">
+        <v>710</v>
+      </c>
+      <c r="Z41" t="s">
+        <v>936</v>
+      </c>
+      <c r="AA41" t="s">
+        <v>713</v>
+      </c>
+      <c r="AB41" t="s">
+        <v>938</v>
+      </c>
+      <c r="AC41" t="s">
+        <v>711</v>
+      </c>
+      <c r="AD41" t="s">
+        <v>937</v>
+      </c>
+      <c r="AE41" t="s">
+        <v>1003</v>
+      </c>
+      <c r="AF41" t="s">
+        <v>867</v>
+      </c>
+      <c r="AG41" t="s">
+        <v>811</v>
+      </c>
+      <c r="AH41" t="s">
+        <v>892</v>
+      </c>
+      <c r="AI41" t="s">
+        <v>940</v>
+      </c>
+      <c r="AJ41" t="s">
+        <v>784</v>
+      </c>
+      <c r="AK41" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="42" spans="1:64">
+      <c r="A42" t="s">
+        <v>398</v>
+      </c>
+      <c r="B42" t="s">
+        <v>24</v>
+      </c>
+      <c r="C42" t="s">
+        <v>150</v>
+      </c>
+      <c r="D42" t="s">
+        <v>40</v>
+      </c>
+      <c r="E42" t="s">
+        <v>26</v>
+      </c>
+      <c r="F42">
+        <v>2</v>
+      </c>
+      <c r="G42">
+        <v>34106227</v>
+      </c>
+      <c r="H42" t="s">
+        <v>399</v>
+      </c>
+      <c r="I42">
+        <v>2021</v>
+      </c>
+      <c r="J42" t="s">
+        <v>292</v>
+      </c>
+      <c r="K42" t="s">
+        <v>400</v>
+      </c>
+      <c r="L42" t="s">
+        <v>401</v>
+      </c>
+      <c r="M42"/>
+      <c r="N42" t="s">
+        <v>402</v>
+      </c>
+      <c r="O42"/>
+      <c r="P42">
+        <v>6</v>
+      </c>
+      <c r="Q42">
+        <v>10</v>
+      </c>
+      <c r="R42"/>
+      <c r="S42"/>
+      <c r="T42" t="s">
+        <v>294</v>
+      </c>
+      <c r="U42" t="s">
+        <v>295</v>
+      </c>
+      <c r="V42" t="s">
+        <v>74</v>
+      </c>
+      <c r="W42" t="s">
+        <v>403</v>
+      </c>
+      <c r="X42" t="s">
+        <v>1005</v>
+      </c>
+      <c r="Y42" t="s">
+        <v>710</v>
+      </c>
+      <c r="Z42" t="s">
+        <v>866</v>
+      </c>
+      <c r="AA42" t="s">
+        <v>713</v>
+      </c>
+      <c r="AB42" t="s">
+        <v>712</v>
+      </c>
+      <c r="AC42" t="s">
+        <v>1006</v>
+      </c>
+      <c r="AD42" t="s">
+        <v>867</v>
+      </c>
+      <c r="AE42" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="43" spans="1:64">
+      <c r="A43" t="s">
+        <v>404</v>
+      </c>
+      <c r="B43" t="s">
+        <v>162</v>
+      </c>
+      <c r="C43" t="s">
+        <v>163</v>
+      </c>
+      <c r="D43" t="s">
+        <v>40</v>
+      </c>
+      <c r="E43" t="s">
+        <v>65</v>
+      </c>
+      <c r="F43">
+        <v>2</v>
+      </c>
+      <c r="G43">
+        <v>34134010</v>
+      </c>
+      <c r="H43" t="s">
+        <v>405</v>
+      </c>
+      <c r="I43">
+        <v>2021</v>
+      </c>
+      <c r="J43" t="s">
+        <v>406</v>
+      </c>
+      <c r="K43" t="s">
+        <v>407</v>
+      </c>
+      <c r="L43" t="s">
+        <v>408</v>
+      </c>
+      <c r="M43" t="s">
+        <v>409</v>
+      </c>
+      <c r="N43" t="s">
+        <v>410</v>
+      </c>
+      <c r="O43" t="s">
+        <v>411</v>
+      </c>
+      <c r="P43"/>
+      <c r="Q43">
+        <v>69</v>
+      </c>
+      <c r="R43" t="s">
+        <v>412</v>
+      </c>
+      <c r="S43"/>
+      <c r="T43" t="s">
+        <v>174</v>
+      </c>
+      <c r="U43" t="s">
+        <v>174</v>
+      </c>
+      <c r="V43" t="s">
+        <v>174</v>
+      </c>
+      <c r="W43" t="s">
+        <v>413</v>
+      </c>
+      <c r="X43" t="s">
+        <v>1008</v>
+      </c>
+      <c r="Y43" t="s">
+        <v>710</v>
+      </c>
+      <c r="Z43" t="s">
+        <v>1009</v>
+      </c>
+      <c r="AA43" t="s">
+        <v>1010</v>
+      </c>
+      <c r="AB43" t="s">
+        <v>1011</v>
+      </c>
+      <c r="AC43" t="s">
+        <v>1012</v>
+      </c>
+      <c r="AD43" t="s">
+        <v>820</v>
+      </c>
+      <c r="AE43" t="s">
+        <v>987</v>
+      </c>
+      <c r="AF43" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="44" spans="1:64">
+      <c r="A44" t="s">
+        <v>414</v>
+      </c>
+      <c r="B44" t="s">
+        <v>52</v>
+      </c>
+      <c r="C44" t="s">
+        <v>53</v>
+      </c>
+      <c r="D44" t="s">
+        <v>40</v>
+      </c>
+      <c r="E44" t="s">
+        <v>54</v>
+      </c>
+      <c r="F44">
+        <v>2</v>
+      </c>
+      <c r="G44"/>
+      <c r="H44" t="s">
+        <v>415</v>
+      </c>
+      <c r="I44">
+        <v>2020</v>
+      </c>
+      <c r="J44" t="s">
+        <v>285</v>
+      </c>
+      <c r="K44" t="s">
+        <v>57</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44"/>
+      <c r="N44" t="s">
+        <v>416</v>
+      </c>
+      <c r="O44"/>
+      <c r="P44"/>
+      <c r="Q44">
+        <v>0</v>
+      </c>
+      <c r="R44" t="s">
+        <v>59</v>
+      </c>
+      <c r="S44"/>
+      <c r="T44" t="s">
+        <v>287</v>
+      </c>
+      <c r="U44" t="s">
+        <v>288</v>
+      </c>
+      <c r="V44" t="s">
+        <v>185</v>
+      </c>
+      <c r="W44" t="s">
+        <v>417</v>
+      </c>
+      <c r="X44" t="s">
+        <v>1013</v>
+      </c>
+      <c r="Y44" t="s">
+        <v>710</v>
+      </c>
+      <c r="Z44" t="s">
+        <v>914</v>
+      </c>
+      <c r="AA44" t="s">
+        <v>726</v>
+      </c>
+      <c r="AB44" t="s">
+        <v>1014</v>
+      </c>
+      <c r="AC44" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="45" spans="1:64">
+      <c r="A45" t="s">
+        <v>418</v>
+      </c>
+      <c r="B45" t="s">
+        <v>52</v>
+      </c>
+      <c r="C45" t="s">
+        <v>53</v>
+      </c>
+      <c r="D45" t="s">
+        <v>40</v>
+      </c>
+      <c r="E45" t="s">
+        <v>26</v>
+      </c>
+      <c r="F45">
+        <v>2</v>
+      </c>
+      <c r="G45">
+        <v>32058964</v>
+      </c>
+      <c r="H45" t="s">
+        <v>419</v>
+      </c>
+      <c r="I45">
+        <v>2020</v>
+      </c>
+      <c r="J45" t="s">
+        <v>420</v>
+      </c>
+      <c r="K45" t="s">
+        <v>421</v>
+      </c>
+      <c r="L45" t="s">
+        <v>422</v>
+      </c>
+      <c r="M45"/>
+      <c r="N45" t="s">
+        <v>423</v>
+      </c>
+      <c r="O45">
+        <v>100852</v>
+      </c>
+      <c r="P45">
+        <v>2</v>
+      </c>
+      <c r="Q45">
+        <v>23</v>
+      </c>
+      <c r="R45" t="s">
+        <v>421</v>
+      </c>
+      <c r="S45"/>
+      <c r="T45" t="s">
+        <v>60</v>
+      </c>
+      <c r="U45" t="s">
+        <v>61</v>
+      </c>
+      <c r="V45" t="s">
+        <v>62</v>
+      </c>
+      <c r="W45" t="s">
+        <v>424</v>
+      </c>
+      <c r="X45" t="s">
+        <v>1015</v>
+      </c>
+      <c r="Y45" t="s">
+        <v>1016</v>
+      </c>
+      <c r="Z45" t="s">
+        <v>1017</v>
+      </c>
+      <c r="AA45" t="s">
+        <v>726</v>
+      </c>
+      <c r="AB45" t="s">
+        <v>1018</v>
+      </c>
+      <c r="AC45" t="s">
+        <v>728</v>
+      </c>
+      <c r="AD45" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="46" spans="1:64">
+      <c r="A46" t="s">
+        <v>425</v>
+      </c>
+      <c r="B46" t="s">
+        <v>52</v>
+      </c>
+      <c r="C46" t="s">
+        <v>53</v>
+      </c>
+      <c r="D46" t="s">
+        <v>25</v>
+      </c>
+      <c r="E46" t="s">
+        <v>426</v>
+      </c>
+      <c r="F46">
+        <v>2</v>
+      </c>
+      <c r="G46"/>
+      <c r="H46"/>
+      <c r="I46">
+        <v>2020</v>
+      </c>
+      <c r="J46" t="s">
+        <v>427</v>
+      </c>
+      <c r="K46" t="s">
+        <v>428</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46"/>
+      <c r="N46" t="s">
+        <v>429</v>
+      </c>
+      <c r="O46" t="s">
+        <v>430</v>
+      </c>
+      <c r="P46"/>
+      <c r="Q46"/>
+      <c r="R46"/>
+      <c r="S46"/>
+      <c r="T46" t="s">
+        <v>431</v>
+      </c>
+      <c r="U46" t="s">
+        <v>432</v>
+      </c>
+      <c r="V46" t="s">
+        <v>433</v>
+      </c>
+      <c r="W46" t="s">
+        <v>434</v>
+      </c>
+      <c r="X46" t="s">
+        <v>1020</v>
+      </c>
+      <c r="Y46" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="47" spans="1:64">
+      <c r="A47" t="s">
+        <v>435</v>
+      </c>
+      <c r="B47" t="s">
+        <v>436</v>
+      </c>
+      <c r="C47" t="s">
+        <v>98</v>
+      </c>
+      <c r="D47" t="s">
+        <v>40</v>
+      </c>
+      <c r="E47" t="s">
+        <v>54</v>
+      </c>
+      <c r="F47">
+        <v>2</v>
+      </c>
+      <c r="G47"/>
+      <c r="H47" t="s">
+        <v>437</v>
+      </c>
+      <c r="I47">
+        <v>2021</v>
+      </c>
+      <c r="J47" t="s">
+        <v>438</v>
+      </c>
+      <c r="K47" t="s">
+        <v>57</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47"/>
+      <c r="N47" t="s">
+        <v>439</v>
+      </c>
+      <c r="O47"/>
+      <c r="P47"/>
+      <c r="Q47"/>
+      <c r="R47" t="s">
+        <v>57</v>
+      </c>
+      <c r="S47"/>
+      <c r="T47" t="s">
+        <v>440</v>
+      </c>
+      <c r="U47" t="s">
+        <v>441</v>
+      </c>
+      <c r="V47" t="s">
+        <v>442</v>
+      </c>
+      <c r="W47" t="s">
+        <v>443</v>
+      </c>
+      <c r="X47" t="s">
+        <v>1021</v>
+      </c>
+      <c r="Y47" t="s">
+        <v>710</v>
+      </c>
+      <c r="Z47" t="s">
+        <v>1022</v>
+      </c>
+      <c r="AA47" t="s">
+        <v>742</v>
+      </c>
+      <c r="AB47" t="s">
+        <v>1023</v>
+      </c>
+      <c r="AC47" t="s">
+        <v>840</v>
+      </c>
+      <c r="AD47" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="48" spans="1:64">
+      <c r="A48" t="s">
+        <v>444</v>
+      </c>
+      <c r="B48" t="s">
+        <v>372</v>
+      </c>
+      <c r="C48" t="s">
+        <v>163</v>
+      </c>
+      <c r="D48" t="s">
+        <v>40</v>
+      </c>
+      <c r="E48" t="s">
+        <v>54</v>
+      </c>
+      <c r="F48">
+        <v>2</v>
+      </c>
+      <c r="G48"/>
+      <c r="H48" t="s">
+        <v>445</v>
+      </c>
+      <c r="I48">
+        <v>2021</v>
+      </c>
+      <c r="J48" t="s">
+        <v>446</v>
+      </c>
+      <c r="K48" t="s">
+        <v>57</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48"/>
+      <c r="N48" t="s">
+        <v>447</v>
+      </c>
+      <c r="O48"/>
+      <c r="P48"/>
+      <c r="Q48">
+        <v>0</v>
+      </c>
+      <c r="R48"/>
+      <c r="S48"/>
+      <c r="T48" t="s">
+        <v>448</v>
+      </c>
+      <c r="U48" t="s">
+        <v>449</v>
+      </c>
+      <c r="V48" t="s">
+        <v>174</v>
+      </c>
+      <c r="W48" t="s">
+        <v>450</v>
+      </c>
+      <c r="X48" t="s">
+        <v>1025</v>
+      </c>
+      <c r="Y48" t="s">
+        <v>710</v>
+      </c>
+      <c r="Z48" t="s">
+        <v>742</v>
+      </c>
+      <c r="AA48" t="s">
+        <v>820</v>
+      </c>
+      <c r="AB48" t="s">
+        <v>1026</v>
+      </c>
+      <c r="AC48" t="s">
+        <v>840</v>
+      </c>
+      <c r="AD48" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="49" spans="1:64">
+      <c r="A49" t="s">
+        <v>451</v>
+      </c>
+      <c r="B49" t="s">
+        <v>372</v>
+      </c>
+      <c r="C49" t="s">
+        <v>163</v>
+      </c>
+      <c r="D49" t="s">
+        <v>40</v>
+      </c>
+      <c r="E49" t="s">
+        <v>26</v>
+      </c>
+      <c r="F49">
+        <v>2</v>
+      </c>
+      <c r="G49">
+        <v>34964714</v>
+      </c>
+      <c r="H49" t="s">
+        <v>452</v>
+      </c>
+      <c r="I49">
+        <v>2021</v>
+      </c>
+      <c r="J49" t="s">
+        <v>453</v>
+      </c>
+      <c r="K49" t="s">
+        <v>454</v>
+      </c>
+      <c r="L49" t="s">
+        <v>455</v>
+      </c>
+      <c r="M49"/>
+      <c r="N49" t="s">
+        <v>456</v>
+      </c>
+      <c r="O49"/>
+      <c r="P49"/>
+      <c r="Q49">
+        <v>10</v>
+      </c>
+      <c r="R49"/>
+      <c r="S49"/>
+      <c r="T49" t="s">
+        <v>448</v>
+      </c>
+      <c r="U49" t="s">
+        <v>449</v>
+      </c>
+      <c r="V49" t="s">
+        <v>174</v>
+      </c>
+      <c r="W49" t="s">
+        <v>457</v>
+      </c>
+      <c r="X49" t="s">
+        <v>1027</v>
+      </c>
+      <c r="Y49" t="s">
+        <v>742</v>
+      </c>
+      <c r="Z49" t="s">
+        <v>820</v>
+      </c>
+      <c r="AA49" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="50" spans="1:64">
+      <c r="A50" t="s">
+        <v>458</v>
+      </c>
+      <c r="B50" t="s">
+        <v>52</v>
+      </c>
+      <c r="C50" t="s">
+        <v>53</v>
+      </c>
+      <c r="D50" t="s">
+        <v>40</v>
+      </c>
+      <c r="E50" t="s">
+        <v>26</v>
+      </c>
+      <c r="F50">
+        <v>2</v>
+      </c>
+      <c r="G50"/>
+      <c r="H50" t="s">
+        <v>459</v>
+      </c>
+      <c r="I50">
+        <v>2021</v>
+      </c>
+      <c r="J50" t="s">
+        <v>382</v>
+      </c>
+      <c r="K50" t="s">
+        <v>460</v>
+      </c>
+      <c r="L50" t="s">
+        <v>461</v>
+      </c>
+      <c r="M50"/>
+      <c r="N50" t="s">
+        <v>462</v>
+      </c>
+      <c r="O50" t="s">
+        <v>463</v>
+      </c>
+      <c r="P50">
+        <v>2</v>
+      </c>
+      <c r="Q50">
+        <v>1</v>
+      </c>
+      <c r="R50" t="s">
+        <v>464</v>
+      </c>
+      <c r="S50"/>
+      <c r="T50" t="s">
+        <v>465</v>
+      </c>
+      <c r="U50" t="s">
+        <v>466</v>
+      </c>
+      <c r="V50" t="s">
+        <v>185</v>
+      </c>
+      <c r="W50" t="s">
+        <v>467</v>
+      </c>
+      <c r="X50" t="s">
+        <v>1029</v>
+      </c>
+      <c r="Y50" t="s">
+        <v>710</v>
+      </c>
+      <c r="Z50" t="s">
+        <v>993</v>
+      </c>
+      <c r="AA50" t="s">
+        <v>994</v>
+      </c>
+      <c r="AB50" t="s">
+        <v>995</v>
+      </c>
+      <c r="AC50" t="s">
+        <v>996</v>
+      </c>
+      <c r="AD50" t="s">
+        <v>726</v>
+      </c>
+      <c r="AE50" t="s">
+        <v>1030</v>
+      </c>
+      <c r="AF50" t="s">
+        <v>859</v>
+      </c>
+      <c r="AG50" t="s">
+        <v>998</v>
+      </c>
+      <c r="AH50" t="s">
+        <v>999</v>
+      </c>
+      <c r="AI50" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="51" spans="1:64">
+      <c r="A51" t="s">
+        <v>468</v>
+      </c>
+      <c r="B51" t="s">
+        <v>39</v>
+      </c>
+      <c r="C51" t="s">
+        <v>140</v>
+      </c>
+      <c r="D51" t="s">
+        <v>40</v>
+      </c>
+      <c r="E51" t="s">
+        <v>65</v>
+      </c>
+      <c r="F51">
+        <v>2</v>
+      </c>
+      <c r="G51">
+        <v>35046788</v>
+      </c>
+      <c r="H51" t="s">
+        <v>469</v>
+      </c>
+      <c r="I51">
+        <v>2022</v>
+      </c>
+      <c r="J51" t="s">
+        <v>470</v>
+      </c>
+      <c r="K51" t="s">
+        <v>471</v>
+      </c>
+      <c r="L51" t="s">
+        <v>472</v>
+      </c>
+      <c r="M51" t="s">
+        <v>472</v>
+      </c>
+      <c r="N51" t="s">
+        <v>473</v>
+      </c>
+      <c r="O51"/>
+      <c r="P51"/>
+      <c r="Q51">
+        <v>13</v>
+      </c>
+      <c r="R51" t="s">
+        <v>474</v>
+      </c>
+      <c r="S51"/>
+      <c r="T51" t="s">
+        <v>475</v>
+      </c>
+      <c r="U51" t="s">
+        <v>476</v>
+      </c>
+      <c r="V51" t="s">
+        <v>49</v>
+      </c>
+      <c r="W51" t="s">
+        <v>477</v>
+      </c>
+      <c r="X51" t="s">
+        <v>1031</v>
+      </c>
+      <c r="Y51" t="s">
+        <v>1032</v>
+      </c>
+      <c r="Z51" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="52" spans="1:64">
+      <c r="A52" t="s">
+        <v>478</v>
+      </c>
+      <c r="B52" t="s">
+        <v>479</v>
+      </c>
+      <c r="C52" t="s">
+        <v>480</v>
+      </c>
+      <c r="D52" t="s">
+        <v>40</v>
+      </c>
+      <c r="E52" t="s">
+        <v>26</v>
+      </c>
+      <c r="F52">
+        <v>2</v>
+      </c>
+      <c r="G52">
+        <v>35729203</v>
+      </c>
+      <c r="H52" t="s">
+        <v>481</v>
+      </c>
+      <c r="I52">
+        <v>2022</v>
+      </c>
+      <c r="J52" t="s">
+        <v>482</v>
+      </c>
+      <c r="K52" t="s">
+        <v>483</v>
+      </c>
+      <c r="L52" t="s">
+        <v>484</v>
+      </c>
+      <c r="M52"/>
+      <c r="N52" t="s">
+        <v>485</v>
+      </c>
+      <c r="O52"/>
+      <c r="P52">
+        <v>1</v>
+      </c>
+      <c r="Q52">
+        <v>12</v>
+      </c>
+      <c r="R52" t="s">
+        <v>486</v>
+      </c>
+      <c r="S52"/>
+      <c r="T52" t="s">
+        <v>487</v>
+      </c>
+      <c r="U52" t="s">
+        <v>117</v>
+      </c>
+      <c r="V52" t="s">
+        <v>107</v>
+      </c>
+      <c r="W52" t="s">
+        <v>488</v>
+      </c>
+      <c r="X52" t="s">
+        <v>1033</v>
+      </c>
+      <c r="Y52" t="s">
+        <v>1034</v>
+      </c>
+      <c r="Z52" t="s">
+        <v>1035</v>
+      </c>
+      <c r="AA52" t="s">
+        <v>1036</v>
+      </c>
+      <c r="AB52" t="s">
+        <v>742</v>
+      </c>
+      <c r="AC52" t="s">
+        <v>726</v>
+      </c>
+      <c r="AD52" t="s">
+        <v>1037</v>
+      </c>
+      <c r="AE52" t="s">
+        <v>840</v>
+      </c>
+      <c r="AF52" t="s">
+        <v>859</v>
+      </c>
+      <c r="AG52" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="53" spans="1:64">
+      <c r="A53" t="s">
+        <v>489</v>
+      </c>
+      <c r="B53" t="s">
+        <v>97</v>
+      </c>
+      <c r="C53" t="s">
+        <v>98</v>
+      </c>
+      <c r="D53" t="s">
+        <v>40</v>
+      </c>
+      <c r="E53" t="s">
+        <v>26</v>
+      </c>
+      <c r="F53">
+        <v>2</v>
+      </c>
+      <c r="G53">
+        <v>36128716</v>
+      </c>
+      <c r="H53" t="s">
+        <v>490</v>
+      </c>
+      <c r="I53">
+        <v>2022</v>
+      </c>
+      <c r="J53" t="s">
+        <v>491</v>
+      </c>
+      <c r="K53" t="s">
+        <v>492</v>
+      </c>
+      <c r="L53" t="s">
+        <v>493</v>
+      </c>
+      <c r="M53"/>
+      <c r="N53" t="s">
+        <v>494</v>
+      </c>
+      <c r="O53"/>
+      <c r="P53">
+        <v>9</v>
+      </c>
+      <c r="Q53">
+        <v>12</v>
+      </c>
+      <c r="R53" t="s">
+        <v>495</v>
+      </c>
+      <c r="S53"/>
+      <c r="T53" t="s">
+        <v>496</v>
+      </c>
+      <c r="U53" t="s">
+        <v>497</v>
+      </c>
+      <c r="V53" t="s">
+        <v>107</v>
+      </c>
+      <c r="W53" t="s">
+        <v>498</v>
+      </c>
+      <c r="X53" t="s">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="54" spans="1:64">
+      <c r="A54" t="s">
+        <v>499</v>
+      </c>
+      <c r="B54" t="s">
+        <v>39</v>
+      </c>
+      <c r="C54" t="s">
+        <v>140</v>
+      </c>
+      <c r="D54" t="s">
+        <v>25</v>
+      </c>
+      <c r="E54" t="s">
+        <v>26</v>
+      </c>
+      <c r="F54">
+        <v>2</v>
+      </c>
+      <c r="G54"/>
+      <c r="H54" t="s">
+        <v>500</v>
+      </c>
+      <c r="I54">
+        <v>2022</v>
+      </c>
+      <c r="J54" t="s">
+        <v>501</v>
+      </c>
+      <c r="K54" t="s">
+        <v>143</v>
+      </c>
+      <c r="L54" t="s">
+        <v>144</v>
+      </c>
+      <c r="M54"/>
+      <c r="N54" t="s">
+        <v>502</v>
+      </c>
+      <c r="O54"/>
+      <c r="P54"/>
+      <c r="Q54">
+        <v>0</v>
+      </c>
+      <c r="R54" t="s">
+        <v>143</v>
+      </c>
+      <c r="S54"/>
+      <c r="T54" t="s">
+        <v>503</v>
+      </c>
+      <c r="U54" t="s">
+        <v>504</v>
+      </c>
+      <c r="V54" t="s">
+        <v>49</v>
+      </c>
+      <c r="W54" t="s">
+        <v>505</v>
+      </c>
+      <c r="X54" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="55" spans="1:64">
+      <c r="A55" t="s">
+        <v>506</v>
+      </c>
+      <c r="B55" t="s">
+        <v>24</v>
+      </c>
+      <c r="C55" t="s">
+        <v>150</v>
+      </c>
+      <c r="D55" t="s">
+        <v>25</v>
+      </c>
+      <c r="E55" t="s">
+        <v>54</v>
+      </c>
+      <c r="F55">
+        <v>2</v>
+      </c>
+      <c r="G55"/>
+      <c r="H55" t="s">
+        <v>507</v>
+      </c>
+      <c r="I55">
+        <v>2022</v>
+      </c>
+      <c r="J55" t="s">
+        <v>508</v>
+      </c>
+      <c r="K55" t="s">
+        <v>57</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55"/>
+      <c r="N55" t="s">
+        <v>509</v>
+      </c>
+      <c r="O55"/>
+      <c r="P55"/>
+      <c r="Q55">
+        <v>0</v>
+      </c>
+      <c r="R55"/>
+      <c r="S55"/>
+      <c r="T55" t="s">
+        <v>510</v>
+      </c>
+      <c r="U55" t="s">
+        <v>94</v>
+      </c>
+      <c r="V55" t="s">
+        <v>36</v>
+      </c>
+      <c r="W55" t="s">
+        <v>511</v>
+      </c>
+      <c r="X55" t="s">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="56" spans="1:64">
+      <c r="A56" t="s">
+        <v>512</v>
+      </c>
+      <c r="B56" t="s">
+        <v>24</v>
+      </c>
+      <c r="C56" t="s">
+        <v>150</v>
+      </c>
+      <c r="D56" t="s">
+        <v>25</v>
+      </c>
+      <c r="E56" t="s">
+        <v>26</v>
+      </c>
+      <c r="F56">
+        <v>2</v>
+      </c>
+      <c r="G56">
+        <v>35924545</v>
+      </c>
+      <c r="H56" t="s">
+        <v>513</v>
+      </c>
+      <c r="I56">
+        <v>2022</v>
+      </c>
+      <c r="J56" t="s">
+        <v>514</v>
+      </c>
+      <c r="K56" t="s">
+        <v>515</v>
+      </c>
+      <c r="L56" t="s">
+        <v>516</v>
+      </c>
+      <c r="M56"/>
+      <c r="N56" t="s">
+        <v>517</v>
+      </c>
+      <c r="O56"/>
+      <c r="P56">
+        <v>16</v>
+      </c>
+      <c r="Q56">
+        <v>225</v>
+      </c>
+      <c r="R56"/>
+      <c r="S56"/>
+      <c r="T56" t="s">
+        <v>518</v>
+      </c>
+      <c r="U56" t="s">
+        <v>295</v>
+      </c>
+      <c r="V56" t="s">
+        <v>74</v>
+      </c>
+      <c r="W56" t="s">
+        <v>519</v>
+      </c>
+      <c r="X56" t="s">
+        <v>1042</v>
+      </c>
+    </row>
+    <row r="57" spans="1:64">
+      <c r="A57" t="s">
+        <v>520</v>
+      </c>
+      <c r="B57" t="s">
+        <v>39</v>
+      </c>
+      <c r="C57"/>
+      <c r="D57" t="s">
+        <v>40</v>
+      </c>
+      <c r="E57" t="s">
+        <v>26</v>
+      </c>
+      <c r="F57">
+        <v>2</v>
+      </c>
+      <c r="G57">
+        <v>36469518</v>
+      </c>
+      <c r="H57" t="s">
+        <v>521</v>
+      </c>
+      <c r="I57">
+        <v>2022</v>
+      </c>
+      <c r="J57" t="s">
+        <v>522</v>
+      </c>
+      <c r="K57" t="s">
+        <v>523</v>
+      </c>
+      <c r="L57" t="s">
+        <v>524</v>
+      </c>
+      <c r="M57"/>
+      <c r="N57" t="s">
+        <v>525</v>
+      </c>
+      <c r="O57" t="s">
+        <v>526</v>
+      </c>
+      <c r="P57">
+        <v>12</v>
+      </c>
+      <c r="Q57">
+        <v>20</v>
+      </c>
+      <c r="R57" t="s">
+        <v>527</v>
+      </c>
+      <c r="S57"/>
+      <c r="T57" t="s">
+        <v>528</v>
+      </c>
+      <c r="U57" t="s">
+        <v>147</v>
+      </c>
+      <c r="V57" t="s">
+        <v>49</v>
+      </c>
+      <c r="W57" t="s">
+        <v>529</v>
+      </c>
+      <c r="X57" t="s">
+        <v>1043</v>
+      </c>
+      <c r="Y57" t="s">
+        <v>1044</v>
+      </c>
+      <c r="Z57" t="s">
+        <v>742</v>
+      </c>
+      <c r="AA57" t="s">
+        <v>840</v>
+      </c>
+      <c r="AB57" t="s">
+        <v>1045</v>
+      </c>
+      <c r="AC57" t="s">
+        <v>899</v>
+      </c>
+      <c r="AD57" t="s">
+        <v>1046</v>
+      </c>
+      <c r="AE57" t="s">
+        <v>1047</v>
+      </c>
+      <c r="AF57" t="s">
+        <v>1048</v>
+      </c>
+      <c r="AG57" t="s">
+        <v>1049</v>
+      </c>
+      <c r="AH57" t="s">
+        <v>1050</v>
+      </c>
+      <c r="AI57" t="s">
+        <v>1051</v>
+      </c>
+      <c r="AJ57" t="s">
+        <v>1052</v>
+      </c>
+      <c r="AK57" t="s">
+        <v>1053</v>
+      </c>
+      <c r="AL57" t="s">
+        <v>1054</v>
+      </c>
+      <c r="AM57" t="s">
+        <v>1055</v>
+      </c>
+      <c r="AN57" t="s">
+        <v>1056</v>
+      </c>
+      <c r="AO57" t="s">
+        <v>1057</v>
+      </c>
+      <c r="AP57" t="s">
+        <v>1058</v>
+      </c>
+      <c r="AQ57" t="s">
+        <v>779</v>
+      </c>
+      <c r="AR57" t="s">
+        <v>1059</v>
+      </c>
+      <c r="AS57" t="s">
+        <v>1060</v>
+      </c>
+      <c r="AT57" t="s">
+        <v>1061</v>
+      </c>
+      <c r="AU57" t="s">
+        <v>1062</v>
+      </c>
+      <c r="AV57" t="s">
+        <v>1063</v>
+      </c>
+      <c r="AW57" t="s">
+        <v>1064</v>
+      </c>
+      <c r="AX57" t="s">
+        <v>1065</v>
+      </c>
+      <c r="AY57" t="s">
+        <v>1066</v>
+      </c>
+      <c r="AZ57" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="58" spans="1:64">
+      <c r="A58" t="s">
+        <v>530</v>
+      </c>
+      <c r="B58" t="s">
+        <v>531</v>
+      </c>
+      <c r="C58"/>
+      <c r="D58" t="s">
+        <v>40</v>
+      </c>
+      <c r="E58" t="s">
+        <v>26</v>
+      </c>
+      <c r="F58">
+        <v>2</v>
+      </c>
+      <c r="G58">
+        <v>36250621</v>
+      </c>
+      <c r="H58" t="s">
+        <v>532</v>
+      </c>
+      <c r="I58">
+        <v>2022</v>
+      </c>
+      <c r="J58" t="s">
+        <v>533</v>
+      </c>
+      <c r="K58" t="s">
+        <v>454</v>
+      </c>
+      <c r="L58" t="s">
+        <v>455</v>
+      </c>
+      <c r="M58"/>
+      <c r="N58" t="s">
+        <v>534</v>
+      </c>
+      <c r="O58"/>
+      <c r="P58"/>
+      <c r="Q58">
+        <v>11</v>
+      </c>
+      <c r="R58"/>
+      <c r="S58"/>
+      <c r="T58" t="s">
+        <v>535</v>
+      </c>
+      <c r="U58" t="s">
+        <v>536</v>
+      </c>
+      <c r="V58" t="s">
+        <v>537</v>
+      </c>
+      <c r="W58" t="s">
+        <v>538</v>
+      </c>
+      <c r="X58" t="s">
+        <v>1067</v>
+      </c>
+    </row>
+    <row r="59" spans="1:64">
+      <c r="A59" t="s">
+        <v>539</v>
+      </c>
+      <c r="B59" t="s">
+        <v>97</v>
+      </c>
+      <c r="C59" t="s">
+        <v>98</v>
+      </c>
+      <c r="D59" t="s">
+        <v>40</v>
+      </c>
+      <c r="E59" t="s">
+        <v>26</v>
+      </c>
+      <c r="F59">
+        <v>1</v>
+      </c>
+      <c r="G59">
+        <v>36758544</v>
+      </c>
+      <c r="H59" t="s">
+        <v>540</v>
+      </c>
+      <c r="I59">
+        <v>2023</v>
+      </c>
+      <c r="J59" t="s">
+        <v>541</v>
+      </c>
+      <c r="K59" t="s">
+        <v>143</v>
+      </c>
+      <c r="L59" t="s">
+        <v>144</v>
+      </c>
+      <c r="M59" t="s">
+        <v>542</v>
+      </c>
+      <c r="N59" t="s">
+        <v>543</v>
+      </c>
+      <c r="O59"/>
+      <c r="P59"/>
+      <c r="Q59">
+        <v>0</v>
+      </c>
+      <c r="R59" t="s">
+        <v>544</v>
+      </c>
+      <c r="S59"/>
+      <c r="T59" t="s">
+        <v>545</v>
+      </c>
+      <c r="U59" t="s">
+        <v>441</v>
+      </c>
+      <c r="V59" t="s">
+        <v>442</v>
+      </c>
+      <c r="W59" t="s">
+        <v>546</v>
+      </c>
+      <c r="X59" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="60" spans="1:64">
+      <c r="A60" t="s">
+        <v>547</v>
+      </c>
+      <c r="B60" t="s">
+        <v>24</v>
+      </c>
+      <c r="C60"/>
+      <c r="D60" t="s">
+        <v>25</v>
+      </c>
+      <c r="E60" t="s">
+        <v>26</v>
+      </c>
+      <c r="F60">
+        <v>2</v>
+      </c>
+      <c r="G60">
+        <v>36373856</v>
+      </c>
+      <c r="H60" t="s">
+        <v>548</v>
+      </c>
+      <c r="I60">
+        <v>2022</v>
+      </c>
+      <c r="J60" t="s">
+        <v>508</v>
+      </c>
+      <c r="K60" t="s">
+        <v>515</v>
+      </c>
+      <c r="L60" t="s">
+        <v>516</v>
+      </c>
+      <c r="M60"/>
+      <c r="N60" t="s">
+        <v>549</v>
+      </c>
+      <c r="O60"/>
+      <c r="P60">
+        <v>21</v>
+      </c>
+      <c r="Q60">
+        <v>225</v>
+      </c>
+      <c r="R60"/>
+      <c r="S60"/>
+      <c r="T60" t="s">
+        <v>510</v>
+      </c>
+      <c r="U60" t="s">
+        <v>94</v>
+      </c>
+      <c r="V60" t="s">
+        <v>36</v>
+      </c>
+      <c r="W60" t="s">
+        <v>550</v>
+      </c>
+      <c r="X60" t="s">
+        <v>1069</v>
+      </c>
+    </row>
+    <row r="61" spans="1:64">
+      <c r="A61" t="s">
+        <v>551</v>
+      </c>
+      <c r="B61" t="s">
+        <v>380</v>
+      </c>
+      <c r="C61"/>
+      <c r="D61" t="s">
+        <v>40</v>
+      </c>
+      <c r="E61" t="s">
+        <v>54</v>
+      </c>
+      <c r="F61">
+        <v>0</v>
+      </c>
+      <c r="G61"/>
+      <c r="H61" t="s">
+        <v>552</v>
+      </c>
+      <c r="I61">
+        <v>2022</v>
+      </c>
+      <c r="J61" t="s">
+        <v>553</v>
+      </c>
+      <c r="K61" t="s">
+        <v>57</v>
+      </c>
+      <c r="L61" t="s">
+        <v>554</v>
+      </c>
+      <c r="M61"/>
+      <c r="N61" t="s">
+        <v>555</v>
+      </c>
+      <c r="O61"/>
+      <c r="P61"/>
+      <c r="Q61"/>
+      <c r="R61" t="s">
+        <v>57</v>
+      </c>
+      <c r="S61" t="s">
+        <v>556</v>
+      </c>
+      <c r="T61" t="s">
+        <v>557</v>
+      </c>
+      <c r="U61" t="s">
+        <v>466</v>
+      </c>
+      <c r="V61" t="s">
+        <v>185</v>
+      </c>
+      <c r="W61" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="62" spans="1:64">
+      <c r="A62" t="s">
+        <v>559</v>
+      </c>
+      <c r="B62" t="s">
+        <v>24</v>
+      </c>
+      <c r="C62"/>
+      <c r="D62" t="s">
+        <v>40</v>
+      </c>
+      <c r="E62" t="s">
+        <v>26</v>
+      </c>
+      <c r="F62">
+        <v>2</v>
+      </c>
+      <c r="G62">
+        <v>37072034</v>
+      </c>
+      <c r="H62" t="s">
+        <v>560</v>
+      </c>
+      <c r="I62">
+        <v>2023</v>
+      </c>
+      <c r="J62" t="s">
+        <v>561</v>
+      </c>
+      <c r="K62" t="s">
+        <v>492</v>
+      </c>
+      <c r="L62" t="s">
+        <v>493</v>
+      </c>
+      <c r="M62"/>
+      <c r="N62" t="s">
+        <v>562</v>
+      </c>
+      <c r="O62"/>
+      <c r="P62">
+        <v>4</v>
+      </c>
+      <c r="Q62">
+        <v>13</v>
+      </c>
+      <c r="R62" t="s">
+        <v>495</v>
+      </c>
+      <c r="S62"/>
+      <c r="T62" t="s">
+        <v>563</v>
+      </c>
+      <c r="U62" t="s">
+        <v>137</v>
+      </c>
+      <c r="V62" t="s">
+        <v>74</v>
+      </c>
+      <c r="W62" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="63" spans="1:64">
+      <c r="A63" t="s">
+        <v>565</v>
+      </c>
+      <c r="B63" t="s">
+        <v>52</v>
+      </c>
+      <c r="C63"/>
+      <c r="D63" t="s">
+        <v>40</v>
+      </c>
+      <c r="E63" t="s">
+        <v>54</v>
+      </c>
+      <c r="F63">
+        <v>0</v>
+      </c>
+      <c r="G63"/>
+      <c r="H63" t="s">
+        <v>566</v>
+      </c>
+      <c r="I63">
+        <v>2022</v>
+      </c>
+      <c r="J63" t="s">
+        <v>567</v>
+      </c>
+      <c r="K63" t="s">
+        <v>57</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63"/>
+      <c r="N63" t="s">
+        <v>568</v>
+      </c>
+      <c r="O63"/>
+      <c r="P63"/>
+      <c r="Q63">
+        <v>0</v>
+      </c>
+      <c r="R63"/>
+      <c r="S63"/>
+      <c r="T63" t="s">
+        <v>569</v>
+      </c>
+      <c r="U63" t="s">
+        <v>184</v>
+      </c>
+      <c r="V63" t="s">
+        <v>185</v>
+      </c>
+      <c r="W63" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="64" spans="1:64">
+      <c r="A64" t="s">
+        <v>571</v>
+      </c>
+      <c r="B64" t="s">
+        <v>52</v>
+      </c>
+      <c r="C64" t="s">
+        <v>98</v>
+      </c>
+      <c r="D64" t="s">
+        <v>40</v>
+      </c>
+      <c r="E64" t="s">
+        <v>54</v>
+      </c>
+      <c r="F64">
+        <v>0</v>
+      </c>
+      <c r="G64"/>
+      <c r="H64" t="s">
+        <v>572</v>
+      </c>
+      <c r="I64">
+        <v>2023</v>
+      </c>
+      <c r="J64" t="s">
+        <v>573</v>
+      </c>
+      <c r="K64"/>
+      <c r="L64"/>
+      <c r="M64"/>
+      <c r="N64" t="s">
+        <v>574</v>
+      </c>
+      <c r="O64"/>
+      <c r="P64"/>
+      <c r="Q64">
+        <v>0</v>
+      </c>
+      <c r="R64"/>
+      <c r="S64"/>
+      <c r="T64" t="s">
+        <v>575</v>
+      </c>
+      <c r="U64" t="s">
+        <v>576</v>
+      </c>
+      <c r="V64" t="s">
+        <v>577</v>
+      </c>
+      <c r="W64" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="65" spans="1:64">
+      <c r="A65" t="s">
+        <v>579</v>
+      </c>
+      <c r="B65" t="s">
+        <v>52</v>
+      </c>
+      <c r="C65"/>
+      <c r="D65" t="s">
+        <v>40</v>
+      </c>
+      <c r="E65" t="s">
+        <v>26</v>
+      </c>
+      <c r="F65">
+        <v>1</v>
+      </c>
+      <c r="G65"/>
+      <c r="H65" t="s">
+        <v>580</v>
+      </c>
+      <c r="I65">
+        <v>2023</v>
+      </c>
+      <c r="J65" t="s">
+        <v>567</v>
+      </c>
+      <c r="K65" t="s">
+        <v>143</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65"/>
+      <c r="N65" t="s">
+        <v>581</v>
+      </c>
+      <c r="O65"/>
+      <c r="P65"/>
+      <c r="Q65">
+        <v>0</v>
+      </c>
+      <c r="R65"/>
+      <c r="S65"/>
+      <c r="T65" t="s">
+        <v>582</v>
+      </c>
+      <c r="U65" t="s">
+        <v>184</v>
+      </c>
+      <c r="V65" t="s">
+        <v>583</v>
+      </c>
+      <c r="W65" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="66" spans="1:64">
+      <c r="A66" t="s">
+        <v>585</v>
+      </c>
+      <c r="B66" t="s">
+        <v>380</v>
+      </c>
+      <c r="C66" t="s">
+        <v>586</v>
+      </c>
+      <c r="D66" t="s">
+        <v>40</v>
+      </c>
+      <c r="E66" t="s">
+        <v>26</v>
+      </c>
+      <c r="F66">
+        <v>1</v>
+      </c>
+      <c r="G66"/>
+      <c r="H66" t="s">
+        <v>587</v>
+      </c>
+      <c r="I66">
+        <v>2024</v>
+      </c>
+      <c r="J66" t="s">
+        <v>588</v>
+      </c>
+      <c r="K66" t="s">
+        <v>421</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>422</v>
+      </c>
+      <c r="N66" t="s">
+        <v>589</v>
+      </c>
+      <c r="O66">
+        <v>108640</v>
+      </c>
+      <c r="P66"/>
+      <c r="Q66">
+        <v>0</v>
+      </c>
+      <c r="R66" t="s">
+        <v>421</v>
+      </c>
+      <c r="S66"/>
+      <c r="T66" t="s">
+        <v>557</v>
+      </c>
+      <c r="U66" t="s">
+        <v>466</v>
+      </c>
+      <c r="V66" t="s">
+        <v>185</v>
+      </c>
+      <c r="W66" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="67" spans="1:64">
+      <c r="A67" t="s">
+        <v>591</v>
+      </c>
+      <c r="B67" t="s">
+        <v>52</v>
+      </c>
+      <c r="C67" t="s">
+        <v>98</v>
+      </c>
+      <c r="D67" t="s">
+        <v>40</v>
+      </c>
+      <c r="E67" t="s">
+        <v>26</v>
+      </c>
+      <c r="F67">
+        <v>1</v>
+      </c>
+      <c r="G67"/>
+      <c r="H67" t="s">
+        <v>592</v>
+      </c>
+      <c r="I67">
+        <v>2024</v>
+      </c>
+      <c r="J67" t="s">
+        <v>573</v>
+      </c>
+      <c r="K67" t="s">
+        <v>179</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67"/>
+      <c r="N67"/>
+      <c r="O67"/>
+      <c r="P67"/>
+      <c r="Q67">
+        <v>0</v>
+      </c>
+      <c r="R67"/>
+      <c r="S67"/>
+      <c r="T67" t="s">
+        <v>593</v>
+      </c>
+      <c r="U67" t="s">
+        <v>594</v>
+      </c>
+      <c r="V67" t="s">
+        <v>595</v>
+      </c>
+      <c r="W67" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="68" spans="1:64">
+      <c r="A68" t="s">
+        <v>597</v>
+      </c>
+      <c r="B68" t="s">
+        <v>52</v>
+      </c>
+      <c r="C68"/>
+      <c r="D68" t="s">
+        <v>40</v>
+      </c>
+      <c r="E68" t="s">
+        <v>598</v>
+      </c>
+      <c r="F68">
+        <v>2</v>
+      </c>
+      <c r="G68"/>
+      <c r="H68" t="s">
+        <v>599</v>
+      </c>
+      <c r="I68">
+        <v>2023</v>
+      </c>
+      <c r="J68" t="s">
+        <v>600</v>
+      </c>
+      <c r="K68" t="s">
+        <v>601</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68"/>
+      <c r="N68" t="s">
+        <v>602</v>
+      </c>
+      <c r="O68"/>
+      <c r="P68"/>
+      <c r="Q68">
+        <v>0</v>
+      </c>
+      <c r="R68"/>
+      <c r="S68"/>
+      <c r="T68" t="s">
+        <v>603</v>
+      </c>
+      <c r="U68" t="s">
+        <v>184</v>
+      </c>
+      <c r="V68" t="s">
+        <v>185</v>
+      </c>
+      <c r="W68" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="69" spans="1:64">
+      <c r="A69" t="s">
+        <v>605</v>
+      </c>
+      <c r="B69" t="s">
+        <v>39</v>
+      </c>
+      <c r="C69" t="s">
+        <v>140</v>
+      </c>
+      <c r="D69" t="s">
+        <v>40</v>
+      </c>
+      <c r="E69" t="s">
+        <v>26</v>
+      </c>
+      <c r="F69">
+        <v>1</v>
+      </c>
+      <c r="G69">
+        <v>38862173</v>
+      </c>
+      <c r="H69" t="s">
+        <v>606</v>
+      </c>
+      <c r="I69">
+        <v>2024</v>
+      </c>
+      <c r="J69" t="s">
+        <v>607</v>
+      </c>
+      <c r="K69" t="s">
+        <v>29</v>
+      </c>
+      <c r="L69" t="s">
+        <v>30</v>
+      </c>
+      <c r="M69"/>
+      <c r="N69" t="s">
+        <v>608</v>
+      </c>
+      <c r="O69" t="s">
+        <v>609</v>
+      </c>
+      <c r="P69">
+        <v>5</v>
+      </c>
+      <c r="Q69">
+        <v>31</v>
+      </c>
+      <c r="R69" t="s">
+        <v>124</v>
+      </c>
+      <c r="S69"/>
+      <c r="T69" t="s">
+        <v>610</v>
+      </c>
+      <c r="U69" t="s">
+        <v>504</v>
+      </c>
+      <c r="V69" t="s">
+        <v>49</v>
+      </c>
+      <c r="W69" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="70" spans="1:64">
+      <c r="A70" t="s">
+        <v>612</v>
+      </c>
+      <c r="B70" t="s">
+        <v>97</v>
+      </c>
+      <c r="C70" t="s">
+        <v>98</v>
+      </c>
+      <c r="D70" t="s">
+        <v>40</v>
+      </c>
+      <c r="E70" t="s">
+        <v>613</v>
+      </c>
+      <c r="F70">
+        <v>2</v>
+      </c>
+      <c r="G70">
+        <v>38862175</v>
+      </c>
+      <c r="H70" t="s">
+        <v>614</v>
+      </c>
+      <c r="I70">
+        <v>2024</v>
+      </c>
+      <c r="J70" t="s">
+        <v>615</v>
+      </c>
+      <c r="K70" t="s">
+        <v>29</v>
+      </c>
+      <c r="L70" t="s">
+        <v>30</v>
+      </c>
+      <c r="M70"/>
+      <c r="N70" t="s">
+        <v>616</v>
+      </c>
+      <c r="O70" t="s">
+        <v>617</v>
+      </c>
+      <c r="P70">
+        <v>5</v>
+      </c>
+      <c r="Q70">
+        <v>31</v>
+      </c>
+      <c r="R70" t="s">
+        <v>124</v>
+      </c>
+      <c r="S70"/>
+      <c r="T70" t="s">
+        <v>618</v>
+      </c>
+      <c r="U70" t="s">
+        <v>107</v>
+      </c>
+      <c r="V70" t="s">
+        <v>619</v>
+      </c>
+      <c r="W70" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="71" spans="1:64">
+      <c r="A71" t="s">
+        <v>621</v>
+      </c>
+      <c r="B71" t="s">
+        <v>97</v>
+      </c>
+      <c r="C71" t="s">
+        <v>98</v>
+      </c>
+      <c r="D71" t="s">
+        <v>40</v>
+      </c>
+      <c r="E71" t="s">
+        <v>26</v>
+      </c>
+      <c r="F71">
+        <v>1</v>
+      </c>
+      <c r="G71">
+        <v>38862177</v>
+      </c>
+      <c r="H71" t="s">
+        <v>622</v>
+      </c>
+      <c r="I71">
+        <v>2024</v>
+      </c>
+      <c r="J71" t="s">
+        <v>623</v>
+      </c>
+      <c r="K71" t="s">
+        <v>29</v>
+      </c>
+      <c r="L71" t="s">
+        <v>30</v>
+      </c>
+      <c r="M71"/>
+      <c r="N71" t="s">
+        <v>624</v>
+      </c>
+      <c r="O71" t="s">
+        <v>625</v>
+      </c>
+      <c r="P71">
+        <v>5</v>
+      </c>
+      <c r="Q71">
+        <v>31</v>
+      </c>
+      <c r="R71" t="s">
+        <v>124</v>
+      </c>
+      <c r="S71"/>
+      <c r="T71" t="s">
+        <v>626</v>
+      </c>
+      <c r="U71" t="s">
+        <v>627</v>
+      </c>
+      <c r="V71" t="s">
+        <v>107</v>
+      </c>
+      <c r="W71" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="72" spans="1:64">
+      <c r="A72" t="s">
+        <v>629</v>
+      </c>
+      <c r="B72" t="s">
+        <v>238</v>
+      </c>
+      <c r="C72" t="s">
+        <v>239</v>
+      </c>
+      <c r="D72" t="s">
+        <v>40</v>
+      </c>
+      <c r="E72" t="s">
+        <v>26</v>
+      </c>
+      <c r="F72">
+        <v>1</v>
+      </c>
+      <c r="G72">
+        <v>38876486</v>
+      </c>
+      <c r="H72" t="s">
+        <v>630</v>
+      </c>
+      <c r="I72">
+        <v>2024</v>
+      </c>
+      <c r="J72" t="s">
+        <v>631</v>
+      </c>
+      <c r="K72" t="s">
+        <v>29</v>
+      </c>
+      <c r="L72" t="s">
+        <v>30</v>
+      </c>
+      <c r="M72"/>
+      <c r="N72" t="s">
+        <v>632</v>
+      </c>
+      <c r="O72" t="s">
+        <v>633</v>
+      </c>
+      <c r="P72">
+        <v>5</v>
+      </c>
+      <c r="Q72">
+        <v>31</v>
+      </c>
+      <c r="R72" t="s">
+        <v>124</v>
+      </c>
+      <c r="S72"/>
+      <c r="T72" t="s">
+        <v>634</v>
+      </c>
+      <c r="U72" t="s">
+        <v>635</v>
+      </c>
+      <c r="V72" t="s">
+        <v>636</v>
+      </c>
+      <c r="W72" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="73" spans="1:64">
+      <c r="A73" t="s">
+        <v>638</v>
+      </c>
+      <c r="B73" t="s">
+        <v>39</v>
+      </c>
+      <c r="C73" t="s">
+        <v>140</v>
+      </c>
+      <c r="D73" t="s">
+        <v>40</v>
+      </c>
+      <c r="E73" t="s">
+        <v>26</v>
+      </c>
+      <c r="F73">
+        <v>1</v>
+      </c>
+      <c r="G73">
+        <v>38876487</v>
+      </c>
+      <c r="H73" t="s">
+        <v>639</v>
+      </c>
+      <c r="I73">
+        <v>2024</v>
+      </c>
+      <c r="J73" t="s">
+        <v>640</v>
+      </c>
+      <c r="K73" t="s">
+        <v>29</v>
+      </c>
+      <c r="L73" t="s">
+        <v>30</v>
+      </c>
+      <c r="M73"/>
+      <c r="N73" t="s">
+        <v>641</v>
+      </c>
+      <c r="O73" t="s">
+        <v>642</v>
+      </c>
+      <c r="P73">
+        <v>5</v>
+      </c>
+      <c r="Q73">
+        <v>31</v>
+      </c>
+      <c r="R73" t="s">
+        <v>124</v>
+      </c>
+      <c r="S73"/>
+      <c r="T73" t="s">
+        <v>643</v>
+      </c>
+      <c r="U73" t="s">
+        <v>536</v>
+      </c>
+      <c r="V73" t="s">
+        <v>537</v>
+      </c>
+      <c r="W73" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="74" spans="1:64">
+      <c r="A74" t="s">
+        <v>645</v>
+      </c>
+      <c r="B74" t="s">
+        <v>24</v>
+      </c>
+      <c r="C74" t="s">
+        <v>150</v>
+      </c>
+      <c r="D74" t="s">
+        <v>40</v>
+      </c>
+      <c r="E74" t="s">
+        <v>54</v>
+      </c>
+      <c r="F74">
+        <v>2</v>
+      </c>
+      <c r="G74"/>
+      <c r="H74" t="s">
+        <v>646</v>
+      </c>
+      <c r="I74">
+        <v>2024</v>
+      </c>
+      <c r="J74" t="s">
+        <v>647</v>
+      </c>
+      <c r="K74"/>
+      <c r="L74"/>
+      <c r="M74"/>
+      <c r="N74" t="s">
+        <v>648</v>
+      </c>
+      <c r="O74"/>
+      <c r="P74"/>
+      <c r="Q74">
+        <v>0</v>
+      </c>
+      <c r="R74"/>
+      <c r="S74"/>
+      <c r="T74" t="s">
+        <v>649</v>
+      </c>
+      <c r="U74" t="s">
+        <v>650</v>
+      </c>
+      <c r="V74" t="s">
+        <v>36</v>
+      </c>
+      <c r="W74" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="75" spans="1:64">
+      <c r="A75" t="s">
+        <v>652</v>
+      </c>
+      <c r="B75" t="s">
+        <v>39</v>
+      </c>
+      <c r="C75"/>
+      <c r="D75" t="s">
+        <v>40</v>
+      </c>
+      <c r="E75" t="s">
+        <v>54</v>
+      </c>
+      <c r="F75">
+        <v>2</v>
+      </c>
+      <c r="G75"/>
+      <c r="H75" t="s">
+        <v>653</v>
+      </c>
+      <c r="I75">
+        <v>2023</v>
+      </c>
+      <c r="J75" t="s">
+        <v>654</v>
+      </c>
+      <c r="K75"/>
+      <c r="L75"/>
+      <c r="M75"/>
+      <c r="N75" t="s">
+        <v>655</v>
+      </c>
+      <c r="O75"/>
+      <c r="P75"/>
+      <c r="Q75">
+        <v>0</v>
+      </c>
+      <c r="R75"/>
+      <c r="S75"/>
+      <c r="T75" t="s">
+        <v>656</v>
+      </c>
+      <c r="U75" t="s">
+        <v>347</v>
+      </c>
+      <c r="V75" t="s">
+        <v>49</v>
+      </c>
+      <c r="W75" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="76" spans="1:64">
+      <c r="A76" t="s">
+        <v>658</v>
+      </c>
+      <c r="B76" t="s">
+        <v>24</v>
+      </c>
+      <c r="C76" t="s">
+        <v>150</v>
+      </c>
+      <c r="D76" t="s">
+        <v>25</v>
+      </c>
+      <c r="E76" t="s">
+        <v>26</v>
+      </c>
+      <c r="F76">
+        <v>1</v>
+      </c>
+      <c r="G76">
+        <v>39753299</v>
+      </c>
+      <c r="H76" t="s">
+        <v>659</v>
+      </c>
+      <c r="I76">
+        <v>2025</v>
+      </c>
+      <c r="J76" t="s">
+        <v>660</v>
+      </c>
+      <c r="K76" t="s">
+        <v>661</v>
+      </c>
+      <c r="L76" t="s">
+        <v>231</v>
+      </c>
+      <c r="M76" t="s">
+        <v>662</v>
+      </c>
+      <c r="N76" t="s">
+        <v>663</v>
+      </c>
+      <c r="O76" t="s">
+        <v>664</v>
+      </c>
+      <c r="P76"/>
+      <c r="Q76">
+        <v>0</v>
+      </c>
+      <c r="R76" t="s">
+        <v>234</v>
+      </c>
+      <c r="S76"/>
+      <c r="T76" t="s">
+        <v>649</v>
+      </c>
+      <c r="U76" t="s">
+        <v>650</v>
+      </c>
+      <c r="V76" t="s">
+        <v>36</v>
+      </c>
+      <c r="W76" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="77" spans="1:64">
+      <c r="A77" t="s">
+        <v>666</v>
+      </c>
+      <c r="B77" t="s">
+        <v>24</v>
+      </c>
+      <c r="C77" t="s">
+        <v>150</v>
+      </c>
+      <c r="D77" t="s">
+        <v>40</v>
+      </c>
+      <c r="E77" t="s">
+        <v>54</v>
+      </c>
+      <c r="F77">
+        <v>0</v>
+      </c>
+      <c r="G77"/>
+      <c r="H77" t="s">
+        <v>667</v>
+      </c>
+      <c r="I77">
+        <v>2025</v>
+      </c>
+      <c r="J77" t="s">
+        <v>668</v>
+      </c>
+      <c r="K77" t="s">
+        <v>57</v>
+      </c>
+      <c r="L77" t="s">
+        <v>554</v>
+      </c>
+      <c r="M77"/>
+      <c r="N77" t="s">
+        <v>669</v>
+      </c>
+      <c r="O77"/>
+      <c r="P77"/>
+      <c r="Q77">
+        <v>0</v>
+      </c>
+      <c r="R77" t="s">
+        <v>57</v>
+      </c>
+      <c r="S77"/>
+      <c r="T77" t="s">
+        <v>670</v>
+      </c>
+      <c r="U77" t="s">
+        <v>73</v>
+      </c>
+      <c r="V77" t="s">
+        <v>74</v>
+      </c>
+      <c r="W77" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="78" spans="1:64">
+      <c r="A78" t="s">
+        <v>672</v>
+      </c>
+      <c r="B78" t="s">
+        <v>39</v>
+      </c>
+      <c r="C78" t="s">
+        <v>140</v>
+      </c>
+      <c r="D78" t="s">
+        <v>40</v>
+      </c>
+      <c r="E78" t="s">
+        <v>26</v>
+      </c>
+      <c r="F78">
+        <v>1</v>
+      </c>
+      <c r="G78">
+        <v>40111981</v>
+      </c>
+      <c r="H78" t="s">
+        <v>673</v>
+      </c>
+      <c r="I78">
+        <v>2025</v>
+      </c>
+      <c r="J78" t="s">
+        <v>674</v>
+      </c>
+      <c r="K78" t="s">
+        <v>523</v>
+      </c>
+      <c r="L78" t="s">
+        <v>675</v>
+      </c>
+      <c r="M78" t="s">
+        <v>524</v>
+      </c>
+      <c r="N78" t="s">
+        <v>676</v>
+      </c>
+      <c r="O78" t="s">
+        <v>677</v>
+      </c>
+      <c r="P78">
+        <v>3</v>
+      </c>
+      <c r="Q78">
+        <v>23</v>
+      </c>
+      <c r="R78" t="s">
+        <v>527</v>
+      </c>
+      <c r="S78"/>
+      <c r="T78" t="s">
+        <v>678</v>
+      </c>
+      <c r="U78" t="s">
+        <v>147</v>
+      </c>
+      <c r="V78" t="s">
+        <v>49</v>
+      </c>
+      <c r="W78" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="79" spans="1:64">
+      <c r="A79" t="s">
+        <v>680</v>
+      </c>
+      <c r="B79" t="s">
+        <v>479</v>
+      </c>
+      <c r="C79" t="s">
+        <v>480</v>
+      </c>
+      <c r="D79" t="s">
+        <v>40</v>
+      </c>
+      <c r="E79" t="s">
+        <v>26</v>
+      </c>
+      <c r="F79">
+        <v>1</v>
+      </c>
+      <c r="G79">
+        <v>40249705</v>
+      </c>
+      <c r="H79" t="s">
+        <v>681</v>
+      </c>
+      <c r="I79">
+        <v>2025</v>
+      </c>
+      <c r="J79" t="s">
+        <v>682</v>
+      </c>
+      <c r="K79" t="s">
+        <v>352</v>
+      </c>
+      <c r="L79" t="s">
+        <v>353</v>
+      </c>
+      <c r="M79" t="s">
+        <v>353</v>
+      </c>
+      <c r="N79" t="s">
+        <v>683</v>
+      </c>
+      <c r="O79">
+        <v>115593</v>
+      </c>
+      <c r="P79">
+        <v>5</v>
+      </c>
+      <c r="Q79">
+        <v>44</v>
+      </c>
+      <c r="R79" t="s">
+        <v>684</v>
+      </c>
+      <c r="S79"/>
+      <c r="T79" t="s">
+        <v>685</v>
+      </c>
+      <c r="U79" t="s">
+        <v>686</v>
+      </c>
+      <c r="V79" t="s">
+        <v>107</v>
+      </c>
+      <c r="W79" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="80" spans="1:64">
+      <c r="A80" t="s">
+        <v>688</v>
+      </c>
+      <c r="B80" t="s">
+        <v>238</v>
+      </c>
+      <c r="C80" t="s">
+        <v>239</v>
+      </c>
+      <c r="D80" t="s">
+        <v>40</v>
+      </c>
+      <c r="E80" t="s">
+        <v>26</v>
+      </c>
+      <c r="F80">
+        <v>1</v>
+      </c>
+      <c r="G80"/>
+      <c r="H80" t="s">
+        <v>689</v>
+      </c>
+      <c r="I80">
+        <v>2025</v>
+      </c>
+      <c r="J80" t="s">
+        <v>690</v>
+      </c>
+      <c r="K80" t="s">
+        <v>691</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>692</v>
+      </c>
+      <c r="N80" t="s">
+        <v>693</v>
+      </c>
+      <c r="O80"/>
+      <c r="P80"/>
+      <c r="Q80">
+        <v>19</v>
+      </c>
+      <c r="R80" t="s">
+        <v>694</v>
+      </c>
+      <c r="S80"/>
+      <c r="T80" t="s">
+        <v>695</v>
+      </c>
+      <c r="U80" t="s">
+        <v>696</v>
+      </c>
+      <c r="V80" t="s">
+        <v>697</v>
+      </c>
+      <c r="W80" t="s">
+        <v>698</v>
       </c>
     </row>
   </sheetData>
+  <mergeCells>
+    <mergeCell ref="X1:BG1"/>
+    <mergeCell ref="BH1:BK1"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="A2" r:id="rId_hyperlink_1"/>
+    <hyperlink ref="A3" r:id="rId_hyperlink_2"/>
+    <hyperlink ref="A4" r:id="rId_hyperlink_3"/>
+    <hyperlink ref="A5" r:id="rId_hyperlink_4"/>
+    <hyperlink ref="A6" r:id="rId_hyperlink_5"/>
+    <hyperlink ref="A7" r:id="rId_hyperlink_6"/>
+    <hyperlink ref="A8" r:id="rId_hyperlink_7"/>
+    <hyperlink ref="A9" r:id="rId_hyperlink_8"/>
+    <hyperlink ref="A10" r:id="rId_hyperlink_9"/>
+    <hyperlink ref="A11" r:id="rId_hyperlink_10"/>
+    <hyperlink ref="A12" r:id="rId_hyperlink_11"/>
+    <hyperlink ref="A13" r:id="rId_hyperlink_12"/>
+    <hyperlink ref="A14" r:id="rId_hyperlink_13"/>
+    <hyperlink ref="A15" r:id="rId_hyperlink_14"/>
+    <hyperlink ref="A16" r:id="rId_hyperlink_15"/>
+    <hyperlink ref="A17" r:id="rId_hyperlink_16"/>
+    <hyperlink ref="A18" r:id="rId_hyperlink_17"/>
+    <hyperlink ref="A19" r:id="rId_hyperlink_18"/>
+    <hyperlink ref="A20" r:id="rId_hyperlink_19"/>
+    <hyperlink ref="A21" r:id="rId_hyperlink_20"/>
+    <hyperlink ref="A22" r:id="rId_hyperlink_21"/>
+    <hyperlink ref="A23" r:id="rId_hyperlink_22"/>
+    <hyperlink ref="A24" r:id="rId_hyperlink_23"/>
+    <hyperlink ref="A25" r:id="rId_hyperlink_24"/>
+    <hyperlink ref="A26" r:id="rId_hyperlink_25"/>
+    <hyperlink ref="A27" r:id="rId_hyperlink_26"/>
+    <hyperlink ref="A28" r:id="rId_hyperlink_27"/>
+    <hyperlink ref="A29" r:id="rId_hyperlink_28"/>
+    <hyperlink ref="A30" r:id="rId_hyperlink_29"/>
+    <hyperlink ref="A31" r:id="rId_hyperlink_30"/>
+    <hyperlink ref="A32" r:id="rId_hyperlink_31"/>
+    <hyperlink ref="A33" r:id="rId_hyperlink_32"/>
+    <hyperlink ref="A34" r:id="rId_hyperlink_33"/>
+    <hyperlink ref="A35" r:id="rId_hyperlink_34"/>
+    <hyperlink ref="A36" r:id="rId_hyperlink_35"/>
+    <hyperlink ref="A37" r:id="rId_hyperlink_36"/>
+    <hyperlink ref="A38" r:id="rId_hyperlink_37"/>
+    <hyperlink ref="A39" r:id="rId_hyperlink_38"/>
+    <hyperlink ref="A40" r:id="rId_hyperlink_39"/>
+    <hyperlink ref="A41" r:id="rId_hyperlink_40"/>
+    <hyperlink ref="A42" r:id="rId_hyperlink_41"/>
+    <hyperlink ref="A43" r:id="rId_hyperlink_42"/>
+    <hyperlink ref="A44" r:id="rId_hyperlink_43"/>
+    <hyperlink ref="A45" r:id="rId_hyperlink_44"/>
+    <hyperlink ref="A46" r:id="rId_hyperlink_45"/>
+    <hyperlink ref="A47" r:id="rId_hyperlink_46"/>
+    <hyperlink ref="A48" r:id="rId_hyperlink_47"/>
+    <hyperlink ref="A49" r:id="rId_hyperlink_48"/>
+    <hyperlink ref="A50" r:id="rId_hyperlink_49"/>
+    <hyperlink ref="A51" r:id="rId_hyperlink_50"/>
+    <hyperlink ref="A52" r:id="rId_hyperlink_51"/>
+    <hyperlink ref="A53" r:id="rId_hyperlink_52"/>
+    <hyperlink ref="A54" r:id="rId_hyperlink_53"/>
+    <hyperlink ref="A55" r:id="rId_hyperlink_54"/>
+    <hyperlink ref="A56" r:id="rId_hyperlink_55"/>
+    <hyperlink ref="A57" r:id="rId_hyperlink_56"/>
+    <hyperlink ref="A58" r:id="rId_hyperlink_57"/>
+    <hyperlink ref="A59" r:id="rId_hyperlink_58"/>
+    <hyperlink ref="A60" r:id="rId_hyperlink_59"/>
+    <hyperlink ref="A61" r:id="rId_hyperlink_60"/>
+    <hyperlink ref="A62" r:id="rId_hyperlink_61"/>
+    <hyperlink ref="A63" r:id="rId_hyperlink_62"/>
+    <hyperlink ref="A64" r:id="rId_hyperlink_63"/>
+    <hyperlink ref="A65" r:id="rId_hyperlink_64"/>
+    <hyperlink ref="A66" r:id="rId_hyperlink_65"/>
+    <hyperlink ref="A67" r:id="rId_hyperlink_66"/>
+    <hyperlink ref="A68" r:id="rId_hyperlink_67"/>
+    <hyperlink ref="A69" r:id="rId_hyperlink_68"/>
+    <hyperlink ref="A70" r:id="rId_hyperlink_69"/>
+    <hyperlink ref="A71" r:id="rId_hyperlink_70"/>
+    <hyperlink ref="A72" r:id="rId_hyperlink_71"/>
+    <hyperlink ref="A73" r:id="rId_hyperlink_72"/>
+    <hyperlink ref="A74" r:id="rId_hyperlink_73"/>
+    <hyperlink ref="A75" r:id="rId_hyperlink_74"/>
+    <hyperlink ref="A76" r:id="rId_hyperlink_75"/>
+    <hyperlink ref="A77" r:id="rId_hyperlink_76"/>
+    <hyperlink ref="A78" r:id="rId_hyperlink_77"/>
+    <hyperlink ref="A79" r:id="rId_hyperlink_78"/>
+    <hyperlink ref="A80" r:id="rId_hyperlink_79"/>
+    <hyperlink ref="X2" r:id="rId_hyperlink_80"/>
+    <hyperlink ref="Y2" r:id="rId_hyperlink_81"/>
+    <hyperlink ref="Z2" r:id="rId_hyperlink_82"/>
+    <hyperlink ref="AA2" r:id="rId_hyperlink_83"/>
+    <hyperlink ref="AB2" r:id="rId_hyperlink_84"/>
+    <hyperlink ref="AC2" r:id="rId_hyperlink_85"/>
+    <hyperlink ref="AD2" r:id="rId_hyperlink_86"/>
+    <hyperlink ref="AE2" r:id="rId_hyperlink_87"/>
+    <hyperlink ref="AF2" r:id="rId_hyperlink_88"/>
+    <hyperlink ref="AG2" r:id="rId_hyperlink_89"/>
+    <hyperlink ref="AH2" r:id="rId_hyperlink_90"/>
+    <hyperlink ref="AI2" r:id="rId_hyperlink_91"/>
+    <hyperlink ref="AJ2" r:id="rId_hyperlink_92"/>
+    <hyperlink ref="AK2" r:id="rId_hyperlink_93"/>
+    <hyperlink ref="AL2" r:id="rId_hyperlink_94"/>
+    <hyperlink ref="AM2" r:id="rId_hyperlink_95"/>
+    <hyperlink ref="X3" r:id="rId_hyperlink_96"/>
+    <hyperlink ref="Y3" r:id="rId_hyperlink_97"/>
+    <hyperlink ref="Z3" r:id="rId_hyperlink_98"/>
+    <hyperlink ref="AA3" r:id="rId_hyperlink_99"/>
+    <hyperlink ref="AB3" r:id="rId_hyperlink_100"/>
+    <hyperlink ref="AC3" r:id="rId_hyperlink_101"/>
+    <hyperlink ref="AD3" r:id="rId_hyperlink_102"/>
+    <hyperlink ref="AE3" r:id="rId_hyperlink_103"/>
+    <hyperlink ref="AF3" r:id="rId_hyperlink_104"/>
+    <hyperlink ref="AG3" r:id="rId_hyperlink_105"/>
+    <hyperlink ref="X4" r:id="rId_hyperlink_106"/>
+    <hyperlink ref="Y4" r:id="rId_hyperlink_107"/>
+    <hyperlink ref="Z4" r:id="rId_hyperlink_108"/>
+    <hyperlink ref="AA4" r:id="rId_hyperlink_109"/>
+    <hyperlink ref="AB4" r:id="rId_hyperlink_110"/>
+    <hyperlink ref="X5" r:id="rId_hyperlink_111"/>
+    <hyperlink ref="Y5" r:id="rId_hyperlink_112"/>
+    <hyperlink ref="Z5" r:id="rId_hyperlink_113"/>
+    <hyperlink ref="AA5" r:id="rId_hyperlink_114"/>
+    <hyperlink ref="X6" r:id="rId_hyperlink_115"/>
+    <hyperlink ref="Y6" r:id="rId_hyperlink_116"/>
+    <hyperlink ref="Z6" r:id="rId_hyperlink_117"/>
+    <hyperlink ref="AA6" r:id="rId_hyperlink_118"/>
+    <hyperlink ref="AB6" r:id="rId_hyperlink_119"/>
+    <hyperlink ref="AC6" r:id="rId_hyperlink_120"/>
+    <hyperlink ref="AD6" r:id="rId_hyperlink_121"/>
+    <hyperlink ref="AE6" r:id="rId_hyperlink_122"/>
+    <hyperlink ref="X7" r:id="rId_hyperlink_123"/>
+    <hyperlink ref="Y7" r:id="rId_hyperlink_124"/>
+    <hyperlink ref="Z7" r:id="rId_hyperlink_125"/>
+    <hyperlink ref="AA7" r:id="rId_hyperlink_126"/>
+    <hyperlink ref="AB7" r:id="rId_hyperlink_127"/>
+    <hyperlink ref="AC7" r:id="rId_hyperlink_128"/>
+    <hyperlink ref="X8" r:id="rId_hyperlink_129"/>
+    <hyperlink ref="Y8" r:id="rId_hyperlink_130"/>
+    <hyperlink ref="Z8" r:id="rId_hyperlink_131"/>
+    <hyperlink ref="AA8" r:id="rId_hyperlink_132"/>
+    <hyperlink ref="AB8" r:id="rId_hyperlink_133"/>
+    <hyperlink ref="X9" r:id="rId_hyperlink_134"/>
+    <hyperlink ref="Y9" r:id="rId_hyperlink_135"/>
+    <hyperlink ref="Z9" r:id="rId_hyperlink_136"/>
+    <hyperlink ref="AA9" r:id="rId_hyperlink_137"/>
+    <hyperlink ref="AB9" r:id="rId_hyperlink_138"/>
+    <hyperlink ref="X10" r:id="rId_hyperlink_139"/>
+    <hyperlink ref="Y10" r:id="rId_hyperlink_140"/>
+    <hyperlink ref="Z10" r:id="rId_hyperlink_141"/>
+    <hyperlink ref="AA10" r:id="rId_hyperlink_142"/>
+    <hyperlink ref="AB10" r:id="rId_hyperlink_143"/>
+    <hyperlink ref="AC10" r:id="rId_hyperlink_144"/>
+    <hyperlink ref="AD10" r:id="rId_hyperlink_145"/>
+    <hyperlink ref="AE10" r:id="rId_hyperlink_146"/>
+    <hyperlink ref="X11" r:id="rId_hyperlink_147"/>
+    <hyperlink ref="Y11" r:id="rId_hyperlink_148"/>
+    <hyperlink ref="Z11" r:id="rId_hyperlink_149"/>
+    <hyperlink ref="AA11" r:id="rId_hyperlink_150"/>
+    <hyperlink ref="AB11" r:id="rId_hyperlink_151"/>
+    <hyperlink ref="X12" r:id="rId_hyperlink_152"/>
+    <hyperlink ref="Y12" r:id="rId_hyperlink_153"/>
+    <hyperlink ref="Z12" r:id="rId_hyperlink_154"/>
+    <hyperlink ref="AA12" r:id="rId_hyperlink_155"/>
+    <hyperlink ref="AB12" r:id="rId_hyperlink_156"/>
+    <hyperlink ref="AC12" r:id="rId_hyperlink_157"/>
+    <hyperlink ref="AD12" r:id="rId_hyperlink_158"/>
+    <hyperlink ref="AE12" r:id="rId_hyperlink_159"/>
+    <hyperlink ref="AF12" r:id="rId_hyperlink_160"/>
+    <hyperlink ref="AG12" r:id="rId_hyperlink_161"/>
+    <hyperlink ref="AH12" r:id="rId_hyperlink_162"/>
+    <hyperlink ref="AI12" r:id="rId_hyperlink_163"/>
+    <hyperlink ref="AJ12" r:id="rId_hyperlink_164"/>
+    <hyperlink ref="AK12" r:id="rId_hyperlink_165"/>
+    <hyperlink ref="AL12" r:id="rId_hyperlink_166"/>
+    <hyperlink ref="AM12" r:id="rId_hyperlink_167"/>
+    <hyperlink ref="AN12" r:id="rId_hyperlink_168"/>
+    <hyperlink ref="AO12" r:id="rId_hyperlink_169"/>
+    <hyperlink ref="AP12" r:id="rId_hyperlink_170"/>
+    <hyperlink ref="AQ12" r:id="rId_hyperlink_171"/>
+    <hyperlink ref="AR12" r:id="rId_hyperlink_172"/>
+    <hyperlink ref="AS12" r:id="rId_hyperlink_173"/>
+    <hyperlink ref="AT12" r:id="rId_hyperlink_174"/>
+    <hyperlink ref="AU12" r:id="rId_hyperlink_175"/>
+    <hyperlink ref="AV12" r:id="rId_hyperlink_176"/>
+    <hyperlink ref="AW12" r:id="rId_hyperlink_177"/>
+    <hyperlink ref="AX12" r:id="rId_hyperlink_178"/>
+    <hyperlink ref="AY12" r:id="rId_hyperlink_179"/>
+    <hyperlink ref="AZ12" r:id="rId_hyperlink_180"/>
+    <hyperlink ref="BA12" r:id="rId_hyperlink_181"/>
+    <hyperlink ref="BB12" r:id="rId_hyperlink_182"/>
+    <hyperlink ref="BC12" r:id="rId_hyperlink_183"/>
+    <hyperlink ref="BD12" r:id="rId_hyperlink_184"/>
+    <hyperlink ref="BE12" r:id="rId_hyperlink_185"/>
+    <hyperlink ref="BF12" r:id="rId_hyperlink_186"/>
+    <hyperlink ref="BG12" r:id="rId_hyperlink_187"/>
+    <hyperlink ref="X13" r:id="rId_hyperlink_188"/>
+    <hyperlink ref="Y13" r:id="rId_hyperlink_189"/>
+    <hyperlink ref="Z13" r:id="rId_hyperlink_190"/>
+    <hyperlink ref="AA13" r:id="rId_hyperlink_191"/>
+    <hyperlink ref="AB13" r:id="rId_hyperlink_192"/>
+    <hyperlink ref="AC13" r:id="rId_hyperlink_193"/>
+    <hyperlink ref="AD13" r:id="rId_hyperlink_194"/>
+    <hyperlink ref="AE13" r:id="rId_hyperlink_195"/>
+    <hyperlink ref="AF13" r:id="rId_hyperlink_196"/>
+    <hyperlink ref="AG13" r:id="rId_hyperlink_197"/>
+    <hyperlink ref="AH13" r:id="rId_hyperlink_198"/>
+    <hyperlink ref="AI13" r:id="rId_hyperlink_199"/>
+    <hyperlink ref="AJ13" r:id="rId_hyperlink_200"/>
+    <hyperlink ref="AK13" r:id="rId_hyperlink_201"/>
+    <hyperlink ref="AL13" r:id="rId_hyperlink_202"/>
+    <hyperlink ref="AM13" r:id="rId_hyperlink_203"/>
+    <hyperlink ref="AN13" r:id="rId_hyperlink_204"/>
+    <hyperlink ref="AO13" r:id="rId_hyperlink_205"/>
+    <hyperlink ref="AP13" r:id="rId_hyperlink_206"/>
+    <hyperlink ref="AQ13" r:id="rId_hyperlink_207"/>
+    <hyperlink ref="AR13" r:id="rId_hyperlink_208"/>
+    <hyperlink ref="AS13" r:id="rId_hyperlink_209"/>
+    <hyperlink ref="AT13" r:id="rId_hyperlink_210"/>
+    <hyperlink ref="AU13" r:id="rId_hyperlink_211"/>
+    <hyperlink ref="AV13" r:id="rId_hyperlink_212"/>
+    <hyperlink ref="AW13" r:id="rId_hyperlink_213"/>
+    <hyperlink ref="AX13" r:id="rId_hyperlink_214"/>
+    <hyperlink ref="AY13" r:id="rId_hyperlink_215"/>
+    <hyperlink ref="AZ13" r:id="rId_hyperlink_216"/>
+    <hyperlink ref="BA13" r:id="rId_hyperlink_217"/>
+    <hyperlink ref="BB13" r:id="rId_hyperlink_218"/>
+    <hyperlink ref="BC13" r:id="rId_hyperlink_219"/>
+    <hyperlink ref="BD13" r:id="rId_hyperlink_220"/>
+    <hyperlink ref="BE13" r:id="rId_hyperlink_221"/>
+    <hyperlink ref="BF13" r:id="rId_hyperlink_222"/>
+    <hyperlink ref="BG13" r:id="rId_hyperlink_223"/>
+    <hyperlink ref="X14" r:id="rId_hyperlink_224"/>
+    <hyperlink ref="Y14" r:id="rId_hyperlink_225"/>
+    <hyperlink ref="Z14" r:id="rId_hyperlink_226"/>
+    <hyperlink ref="AA14" r:id="rId_hyperlink_227"/>
+    <hyperlink ref="X15" r:id="rId_hyperlink_228"/>
+    <hyperlink ref="Y15" r:id="rId_hyperlink_229"/>
+    <hyperlink ref="Z15" r:id="rId_hyperlink_230"/>
+    <hyperlink ref="AA15" r:id="rId_hyperlink_231"/>
+    <hyperlink ref="X16" r:id="rId_hyperlink_232"/>
+    <hyperlink ref="Y16" r:id="rId_hyperlink_233"/>
+    <hyperlink ref="Z16" r:id="rId_hyperlink_234"/>
+    <hyperlink ref="AA16" r:id="rId_hyperlink_235"/>
+    <hyperlink ref="AB16" r:id="rId_hyperlink_236"/>
+    <hyperlink ref="AC16" r:id="rId_hyperlink_237"/>
+    <hyperlink ref="AD16" r:id="rId_hyperlink_238"/>
+    <hyperlink ref="AE16" r:id="rId_hyperlink_239"/>
+    <hyperlink ref="AF16" r:id="rId_hyperlink_240"/>
+    <hyperlink ref="AG16" r:id="rId_hyperlink_241"/>
+    <hyperlink ref="AH16" r:id="rId_hyperlink_242"/>
+    <hyperlink ref="AI16" r:id="rId_hyperlink_243"/>
+    <hyperlink ref="AJ16" r:id="rId_hyperlink_244"/>
+    <hyperlink ref="AK16" r:id="rId_hyperlink_245"/>
+    <hyperlink ref="AL16" r:id="rId_hyperlink_246"/>
+    <hyperlink ref="AM16" r:id="rId_hyperlink_247"/>
+    <hyperlink ref="AN16" r:id="rId_hyperlink_248"/>
+    <hyperlink ref="AO16" r:id="rId_hyperlink_249"/>
+    <hyperlink ref="AP16" r:id="rId_hyperlink_250"/>
+    <hyperlink ref="AQ16" r:id="rId_hyperlink_251"/>
+    <hyperlink ref="AR16" r:id="rId_hyperlink_252"/>
+    <hyperlink ref="X17" r:id="rId_hyperlink_253"/>
+    <hyperlink ref="Y17" r:id="rId_hyperlink_254"/>
+    <hyperlink ref="Z17" r:id="rId_hyperlink_255"/>
+    <hyperlink ref="AA17" r:id="rId_hyperlink_256"/>
+    <hyperlink ref="AB17" r:id="rId_hyperlink_257"/>
+    <hyperlink ref="AC17" r:id="rId_hyperlink_258"/>
+    <hyperlink ref="AD17" r:id="rId_hyperlink_259"/>
+    <hyperlink ref="AE17" r:id="rId_hyperlink_260"/>
+    <hyperlink ref="X18" r:id="rId_hyperlink_261"/>
+    <hyperlink ref="Y18" r:id="rId_hyperlink_262"/>
+    <hyperlink ref="Z18" r:id="rId_hyperlink_263"/>
+    <hyperlink ref="AA18" r:id="rId_hyperlink_264"/>
+    <hyperlink ref="AB18" r:id="rId_hyperlink_265"/>
+    <hyperlink ref="AC18" r:id="rId_hyperlink_266"/>
+    <hyperlink ref="AD18" r:id="rId_hyperlink_267"/>
+    <hyperlink ref="AE18" r:id="rId_hyperlink_268"/>
+    <hyperlink ref="AF18" r:id="rId_hyperlink_269"/>
+    <hyperlink ref="AG18" r:id="rId_hyperlink_270"/>
+    <hyperlink ref="AH18" r:id="rId_hyperlink_271"/>
+    <hyperlink ref="AI18" r:id="rId_hyperlink_272"/>
+    <hyperlink ref="AJ18" r:id="rId_hyperlink_273"/>
+    <hyperlink ref="AK18" r:id="rId_hyperlink_274"/>
+    <hyperlink ref="AL18" r:id="rId_hyperlink_275"/>
+    <hyperlink ref="AM18" r:id="rId_hyperlink_276"/>
+    <hyperlink ref="AN18" r:id="rId_hyperlink_277"/>
+    <hyperlink ref="AO18" r:id="rId_hyperlink_278"/>
+    <hyperlink ref="AP18" r:id="rId_hyperlink_279"/>
+    <hyperlink ref="X19" r:id="rId_hyperlink_280"/>
+    <hyperlink ref="Y19" r:id="rId_hyperlink_281"/>
+    <hyperlink ref="Z19" r:id="rId_hyperlink_282"/>
+    <hyperlink ref="AA19" r:id="rId_hyperlink_283"/>
+    <hyperlink ref="AB19" r:id="rId_hyperlink_284"/>
+    <hyperlink ref="AC19" r:id="rId_hyperlink_285"/>
+    <hyperlink ref="AD19" r:id="rId_hyperlink_286"/>
+    <hyperlink ref="AE19" r:id="rId_hyperlink_287"/>
+    <hyperlink ref="AF19" r:id="rId_hyperlink_288"/>
+    <hyperlink ref="AG19" r:id="rId_hyperlink_289"/>
+    <hyperlink ref="AH19" r:id="rId_hyperlink_290"/>
+    <hyperlink ref="X20" r:id="rId_hyperlink_291"/>
+    <hyperlink ref="Y20" r:id="rId_hyperlink_292"/>
+    <hyperlink ref="Z20" r:id="rId_hyperlink_293"/>
+    <hyperlink ref="AA20" r:id="rId_hyperlink_294"/>
+    <hyperlink ref="AB20" r:id="rId_hyperlink_295"/>
+    <hyperlink ref="AC20" r:id="rId_hyperlink_296"/>
+    <hyperlink ref="AD20" r:id="rId_hyperlink_297"/>
+    <hyperlink ref="AE20" r:id="rId_hyperlink_298"/>
+    <hyperlink ref="AF20" r:id="rId_hyperlink_299"/>
+    <hyperlink ref="AG20" r:id="rId_hyperlink_300"/>
+    <hyperlink ref="AH20" r:id="rId_hyperlink_301"/>
+    <hyperlink ref="AI20" r:id="rId_hyperlink_302"/>
+    <hyperlink ref="AJ20" r:id="rId_hyperlink_303"/>
+    <hyperlink ref="AK20" r:id="rId_hyperlink_304"/>
+    <hyperlink ref="AL20" r:id="rId_hyperlink_305"/>
+    <hyperlink ref="AM20" r:id="rId_hyperlink_306"/>
+    <hyperlink ref="AN20" r:id="rId_hyperlink_307"/>
+    <hyperlink ref="X21" r:id="rId_hyperlink_308"/>
+    <hyperlink ref="Y21" r:id="rId_hyperlink_309"/>
+    <hyperlink ref="Z21" r:id="rId_hyperlink_310"/>
+    <hyperlink ref="AA21" r:id="rId_hyperlink_311"/>
+    <hyperlink ref="AB21" r:id="rId_hyperlink_312"/>
+    <hyperlink ref="AC21" r:id="rId_hyperlink_313"/>
+    <hyperlink ref="AD21" r:id="rId_hyperlink_314"/>
+    <hyperlink ref="AE21" r:id="rId_hyperlink_315"/>
+    <hyperlink ref="AF21" r:id="rId_hyperlink_316"/>
+    <hyperlink ref="AG21" r:id="rId_hyperlink_317"/>
+    <hyperlink ref="AH21" r:id="rId_hyperlink_318"/>
+    <hyperlink ref="AI21" r:id="rId_hyperlink_319"/>
+    <hyperlink ref="AJ21" r:id="rId_hyperlink_320"/>
+    <hyperlink ref="AK21" r:id="rId_hyperlink_321"/>
+    <hyperlink ref="AL21" r:id="rId_hyperlink_322"/>
+    <hyperlink ref="AM21" r:id="rId_hyperlink_323"/>
+    <hyperlink ref="AN21" r:id="rId_hyperlink_324"/>
+    <hyperlink ref="AO21" r:id="rId_hyperlink_325"/>
+    <hyperlink ref="AP21" r:id="rId_hyperlink_326"/>
+    <hyperlink ref="AQ21" r:id="rId_hyperlink_327"/>
+    <hyperlink ref="AR21" r:id="rId_hyperlink_328"/>
+    <hyperlink ref="AS21" r:id="rId_hyperlink_329"/>
+    <hyperlink ref="AT21" r:id="rId_hyperlink_330"/>
+    <hyperlink ref="AU21" r:id="rId_hyperlink_331"/>
+    <hyperlink ref="X22" r:id="rId_hyperlink_332"/>
+    <hyperlink ref="Y22" r:id="rId_hyperlink_333"/>
+    <hyperlink ref="Z22" r:id="rId_hyperlink_334"/>
+    <hyperlink ref="AA22" r:id="rId_hyperlink_335"/>
+    <hyperlink ref="AB22" r:id="rId_hyperlink_336"/>
+    <hyperlink ref="AC22" r:id="rId_hyperlink_337"/>
+    <hyperlink ref="AD22" r:id="rId_hyperlink_338"/>
+    <hyperlink ref="AE22" r:id="rId_hyperlink_339"/>
+    <hyperlink ref="AF22" r:id="rId_hyperlink_340"/>
+    <hyperlink ref="AG22" r:id="rId_hyperlink_341"/>
+    <hyperlink ref="AH22" r:id="rId_hyperlink_342"/>
+    <hyperlink ref="AI22" r:id="rId_hyperlink_343"/>
+    <hyperlink ref="AJ22" r:id="rId_hyperlink_344"/>
+    <hyperlink ref="AK22" r:id="rId_hyperlink_345"/>
+    <hyperlink ref="AL22" r:id="rId_hyperlink_346"/>
+    <hyperlink ref="AM22" r:id="rId_hyperlink_347"/>
+    <hyperlink ref="AN22" r:id="rId_hyperlink_348"/>
+    <hyperlink ref="AO22" r:id="rId_hyperlink_349"/>
+    <hyperlink ref="AP22" r:id="rId_hyperlink_350"/>
+    <hyperlink ref="AQ22" r:id="rId_hyperlink_351"/>
+    <hyperlink ref="AR22" r:id="rId_hyperlink_352"/>
+    <hyperlink ref="AS22" r:id="rId_hyperlink_353"/>
+    <hyperlink ref="AT22" r:id="rId_hyperlink_354"/>
+    <hyperlink ref="AU22" r:id="rId_hyperlink_355"/>
+    <hyperlink ref="X23" r:id="rId_hyperlink_356"/>
+    <hyperlink ref="Y23" r:id="rId_hyperlink_357"/>
+    <hyperlink ref="Z23" r:id="rId_hyperlink_358"/>
+    <hyperlink ref="X24" r:id="rId_hyperlink_359"/>
+    <hyperlink ref="Y24" r:id="rId_hyperlink_360"/>
+    <hyperlink ref="Z24" r:id="rId_hyperlink_361"/>
+    <hyperlink ref="X25" r:id="rId_hyperlink_362"/>
+    <hyperlink ref="Y25" r:id="rId_hyperlink_363"/>
+    <hyperlink ref="Z25" r:id="rId_hyperlink_364"/>
+    <hyperlink ref="AA25" r:id="rId_hyperlink_365"/>
+    <hyperlink ref="X26" r:id="rId_hyperlink_366"/>
+    <hyperlink ref="Y26" r:id="rId_hyperlink_367"/>
+    <hyperlink ref="Z26" r:id="rId_hyperlink_368"/>
+    <hyperlink ref="AA26" r:id="rId_hyperlink_369"/>
+    <hyperlink ref="AB26" r:id="rId_hyperlink_370"/>
+    <hyperlink ref="AC26" r:id="rId_hyperlink_371"/>
+    <hyperlink ref="AD26" r:id="rId_hyperlink_372"/>
+    <hyperlink ref="X27" r:id="rId_hyperlink_373"/>
+    <hyperlink ref="Y27" r:id="rId_hyperlink_374"/>
+    <hyperlink ref="Z27" r:id="rId_hyperlink_375"/>
+    <hyperlink ref="AA27" r:id="rId_hyperlink_376"/>
+    <hyperlink ref="AB27" r:id="rId_hyperlink_377"/>
+    <hyperlink ref="AC27" r:id="rId_hyperlink_378"/>
+    <hyperlink ref="AD27" r:id="rId_hyperlink_379"/>
+    <hyperlink ref="X28" r:id="rId_hyperlink_380"/>
+    <hyperlink ref="Y28" r:id="rId_hyperlink_381"/>
+    <hyperlink ref="Z28" r:id="rId_hyperlink_382"/>
+    <hyperlink ref="AA28" r:id="rId_hyperlink_383"/>
+    <hyperlink ref="AB28" r:id="rId_hyperlink_384"/>
+    <hyperlink ref="AC28" r:id="rId_hyperlink_385"/>
+    <hyperlink ref="X29" r:id="rId_hyperlink_386"/>
+    <hyperlink ref="Y29" r:id="rId_hyperlink_387"/>
+    <hyperlink ref="Z29" r:id="rId_hyperlink_388"/>
+    <hyperlink ref="AA29" r:id="rId_hyperlink_389"/>
+    <hyperlink ref="AB29" r:id="rId_hyperlink_390"/>
+    <hyperlink ref="AC29" r:id="rId_hyperlink_391"/>
+    <hyperlink ref="AD29" r:id="rId_hyperlink_392"/>
+    <hyperlink ref="AE29" r:id="rId_hyperlink_393"/>
+    <hyperlink ref="AF29" r:id="rId_hyperlink_394"/>
+    <hyperlink ref="AG29" r:id="rId_hyperlink_395"/>
+    <hyperlink ref="X30" r:id="rId_hyperlink_396"/>
+    <hyperlink ref="Y30" r:id="rId_hyperlink_397"/>
+    <hyperlink ref="Z30" r:id="rId_hyperlink_398"/>
+    <hyperlink ref="AA30" r:id="rId_hyperlink_399"/>
+    <hyperlink ref="AB30" r:id="rId_hyperlink_400"/>
+    <hyperlink ref="AC30" r:id="rId_hyperlink_401"/>
+    <hyperlink ref="AD30" r:id="rId_hyperlink_402"/>
+    <hyperlink ref="AE30" r:id="rId_hyperlink_403"/>
+    <hyperlink ref="AF30" r:id="rId_hyperlink_404"/>
+    <hyperlink ref="AG30" r:id="rId_hyperlink_405"/>
+    <hyperlink ref="AH30" r:id="rId_hyperlink_406"/>
+    <hyperlink ref="AI30" r:id="rId_hyperlink_407"/>
+    <hyperlink ref="AJ30" r:id="rId_hyperlink_408"/>
+    <hyperlink ref="AK30" r:id="rId_hyperlink_409"/>
+    <hyperlink ref="AL30" r:id="rId_hyperlink_410"/>
+    <hyperlink ref="AM30" r:id="rId_hyperlink_411"/>
+    <hyperlink ref="AN30" r:id="rId_hyperlink_412"/>
+    <hyperlink ref="AO30" r:id="rId_hyperlink_413"/>
+    <hyperlink ref="AP30" r:id="rId_hyperlink_414"/>
+    <hyperlink ref="AQ30" r:id="rId_hyperlink_415"/>
+    <hyperlink ref="AR30" r:id="rId_hyperlink_416"/>
+    <hyperlink ref="AS30" r:id="rId_hyperlink_417"/>
+    <hyperlink ref="X31" r:id="rId_hyperlink_418"/>
+    <hyperlink ref="Y31" r:id="rId_hyperlink_419"/>
+    <hyperlink ref="Z31" r:id="rId_hyperlink_420"/>
+    <hyperlink ref="AA31" r:id="rId_hyperlink_421"/>
+    <hyperlink ref="AB31" r:id="rId_hyperlink_422"/>
+    <hyperlink ref="AC31" r:id="rId_hyperlink_423"/>
+    <hyperlink ref="AD31" r:id="rId_hyperlink_424"/>
+    <hyperlink ref="AE31" r:id="rId_hyperlink_425"/>
+    <hyperlink ref="AF31" r:id="rId_hyperlink_426"/>
+    <hyperlink ref="AG31" r:id="rId_hyperlink_427"/>
+    <hyperlink ref="X32" r:id="rId_hyperlink_428"/>
+    <hyperlink ref="Y32" r:id="rId_hyperlink_429"/>
+    <hyperlink ref="Z32" r:id="rId_hyperlink_430"/>
+    <hyperlink ref="AA32" r:id="rId_hyperlink_431"/>
+    <hyperlink ref="AB32" r:id="rId_hyperlink_432"/>
+    <hyperlink ref="AC32" r:id="rId_hyperlink_433"/>
+    <hyperlink ref="AD32" r:id="rId_hyperlink_434"/>
+    <hyperlink ref="AE32" r:id="rId_hyperlink_435"/>
+    <hyperlink ref="X33" r:id="rId_hyperlink_436"/>
+    <hyperlink ref="Y33" r:id="rId_hyperlink_437"/>
+    <hyperlink ref="Z33" r:id="rId_hyperlink_438"/>
+    <hyperlink ref="AA33" r:id="rId_hyperlink_439"/>
+    <hyperlink ref="AB33" r:id="rId_hyperlink_440"/>
+    <hyperlink ref="X34" r:id="rId_hyperlink_441"/>
+    <hyperlink ref="Y34" r:id="rId_hyperlink_442"/>
+    <hyperlink ref="Z34" r:id="rId_hyperlink_443"/>
+    <hyperlink ref="AA34" r:id="rId_hyperlink_444"/>
+    <hyperlink ref="AB34" r:id="rId_hyperlink_445"/>
+    <hyperlink ref="AC34" r:id="rId_hyperlink_446"/>
+    <hyperlink ref="AD34" r:id="rId_hyperlink_447"/>
+    <hyperlink ref="AE34" r:id="rId_hyperlink_448"/>
+    <hyperlink ref="AF34" r:id="rId_hyperlink_449"/>
+    <hyperlink ref="AG34" r:id="rId_hyperlink_450"/>
+    <hyperlink ref="AH34" r:id="rId_hyperlink_451"/>
+    <hyperlink ref="AI34" r:id="rId_hyperlink_452"/>
+    <hyperlink ref="X35" r:id="rId_hyperlink_453"/>
+    <hyperlink ref="Y35" r:id="rId_hyperlink_454"/>
+    <hyperlink ref="Z35" r:id="rId_hyperlink_455"/>
+    <hyperlink ref="AA35" r:id="rId_hyperlink_456"/>
+    <hyperlink ref="AB35" r:id="rId_hyperlink_457"/>
+    <hyperlink ref="AC35" r:id="rId_hyperlink_458"/>
+    <hyperlink ref="AD35" r:id="rId_hyperlink_459"/>
+    <hyperlink ref="AE35" r:id="rId_hyperlink_460"/>
+    <hyperlink ref="AF35" r:id="rId_hyperlink_461"/>
+    <hyperlink ref="AG35" r:id="rId_hyperlink_462"/>
+    <hyperlink ref="AH35" r:id="rId_hyperlink_463"/>
+    <hyperlink ref="AI35" r:id="rId_hyperlink_464"/>
+    <hyperlink ref="AJ35" r:id="rId_hyperlink_465"/>
+    <hyperlink ref="AK35" r:id="rId_hyperlink_466"/>
+    <hyperlink ref="AL35" r:id="rId_hyperlink_467"/>
+    <hyperlink ref="AM35" r:id="rId_hyperlink_468"/>
+    <hyperlink ref="AN35" r:id="rId_hyperlink_469"/>
+    <hyperlink ref="AO35" r:id="rId_hyperlink_470"/>
+    <hyperlink ref="AP35" r:id="rId_hyperlink_471"/>
+    <hyperlink ref="AQ35" r:id="rId_hyperlink_472"/>
+    <hyperlink ref="AR35" r:id="rId_hyperlink_473"/>
+    <hyperlink ref="X36" r:id="rId_hyperlink_474"/>
+    <hyperlink ref="X37" r:id="rId_hyperlink_475"/>
+    <hyperlink ref="Y37" r:id="rId_hyperlink_476"/>
+    <hyperlink ref="Z37" r:id="rId_hyperlink_477"/>
+    <hyperlink ref="AA37" r:id="rId_hyperlink_478"/>
+    <hyperlink ref="AB37" r:id="rId_hyperlink_479"/>
+    <hyperlink ref="AC37" r:id="rId_hyperlink_480"/>
+    <hyperlink ref="AD37" r:id="rId_hyperlink_481"/>
+    <hyperlink ref="AE37" r:id="rId_hyperlink_482"/>
+    <hyperlink ref="AF37" r:id="rId_hyperlink_483"/>
+    <hyperlink ref="AG37" r:id="rId_hyperlink_484"/>
+    <hyperlink ref="AH37" r:id="rId_hyperlink_485"/>
+    <hyperlink ref="AI37" r:id="rId_hyperlink_486"/>
+    <hyperlink ref="AJ37" r:id="rId_hyperlink_487"/>
+    <hyperlink ref="AK37" r:id="rId_hyperlink_488"/>
+    <hyperlink ref="AL37" r:id="rId_hyperlink_489"/>
+    <hyperlink ref="AM37" r:id="rId_hyperlink_490"/>
+    <hyperlink ref="AN37" r:id="rId_hyperlink_491"/>
+    <hyperlink ref="AO37" r:id="rId_hyperlink_492"/>
+    <hyperlink ref="AP37" r:id="rId_hyperlink_493"/>
+    <hyperlink ref="X38" r:id="rId_hyperlink_494"/>
+    <hyperlink ref="Y38" r:id="rId_hyperlink_495"/>
+    <hyperlink ref="Z38" r:id="rId_hyperlink_496"/>
+    <hyperlink ref="AA38" r:id="rId_hyperlink_497"/>
+    <hyperlink ref="AB38" r:id="rId_hyperlink_498"/>
+    <hyperlink ref="AC38" r:id="rId_hyperlink_499"/>
+    <hyperlink ref="AD38" r:id="rId_hyperlink_500"/>
+    <hyperlink ref="AE38" r:id="rId_hyperlink_501"/>
+    <hyperlink ref="AF38" r:id="rId_hyperlink_502"/>
+    <hyperlink ref="AG38" r:id="rId_hyperlink_503"/>
+    <hyperlink ref="AH38" r:id="rId_hyperlink_504"/>
+    <hyperlink ref="AI38" r:id="rId_hyperlink_505"/>
+    <hyperlink ref="AJ38" r:id="rId_hyperlink_506"/>
+    <hyperlink ref="AK38" r:id="rId_hyperlink_507"/>
+    <hyperlink ref="AL38" r:id="rId_hyperlink_508"/>
+    <hyperlink ref="AM38" r:id="rId_hyperlink_509"/>
+    <hyperlink ref="X39" r:id="rId_hyperlink_510"/>
+    <hyperlink ref="Y39" r:id="rId_hyperlink_511"/>
+    <hyperlink ref="Z39" r:id="rId_hyperlink_512"/>
+    <hyperlink ref="AA39" r:id="rId_hyperlink_513"/>
+    <hyperlink ref="AB39" r:id="rId_hyperlink_514"/>
+    <hyperlink ref="AC39" r:id="rId_hyperlink_515"/>
+    <hyperlink ref="AD39" r:id="rId_hyperlink_516"/>
+    <hyperlink ref="AE39" r:id="rId_hyperlink_517"/>
+    <hyperlink ref="AF39" r:id="rId_hyperlink_518"/>
+    <hyperlink ref="AG39" r:id="rId_hyperlink_519"/>
+    <hyperlink ref="AH39" r:id="rId_hyperlink_520"/>
+    <hyperlink ref="AI39" r:id="rId_hyperlink_521"/>
+    <hyperlink ref="X40" r:id="rId_hyperlink_522"/>
+    <hyperlink ref="Y40" r:id="rId_hyperlink_523"/>
+    <hyperlink ref="Z40" r:id="rId_hyperlink_524"/>
+    <hyperlink ref="AA40" r:id="rId_hyperlink_525"/>
+    <hyperlink ref="AB40" r:id="rId_hyperlink_526"/>
+    <hyperlink ref="AC40" r:id="rId_hyperlink_527"/>
+    <hyperlink ref="AD40" r:id="rId_hyperlink_528"/>
+    <hyperlink ref="X41" r:id="rId_hyperlink_529"/>
+    <hyperlink ref="Y41" r:id="rId_hyperlink_530"/>
+    <hyperlink ref="Z41" r:id="rId_hyperlink_531"/>
+    <hyperlink ref="AA41" r:id="rId_hyperlink_532"/>
+    <hyperlink ref="AB41" r:id="rId_hyperlink_533"/>
+    <hyperlink ref="AC41" r:id="rId_hyperlink_534"/>
+    <hyperlink ref="AD41" r:id="rId_hyperlink_535"/>
+    <hyperlink ref="AE41" r:id="rId_hyperlink_536"/>
+    <hyperlink ref="AF41" r:id="rId_hyperlink_537"/>
+    <hyperlink ref="AG41" r:id="rId_hyperlink_538"/>
+    <hyperlink ref="AH41" r:id="rId_hyperlink_539"/>
+    <hyperlink ref="AI41" r:id="rId_hyperlink_540"/>
+    <hyperlink ref="AJ41" r:id="rId_hyperlink_541"/>
+    <hyperlink ref="AK41" r:id="rId_hyperlink_542"/>
+    <hyperlink ref="X42" r:id="rId_hyperlink_543"/>
+    <hyperlink ref="Y42" r:id="rId_hyperlink_544"/>
+    <hyperlink ref="Z42" r:id="rId_hyperlink_545"/>
+    <hyperlink ref="AA42" r:id="rId_hyperlink_546"/>
+    <hyperlink ref="AB42" r:id="rId_hyperlink_547"/>
+    <hyperlink ref="AC42" r:id="rId_hyperlink_548"/>
+    <hyperlink ref="AD42" r:id="rId_hyperlink_549"/>
+    <hyperlink ref="AE42" r:id="rId_hyperlink_550"/>
+    <hyperlink ref="X43" r:id="rId_hyperlink_551"/>
+    <hyperlink ref="Y43" r:id="rId_hyperlink_552"/>
+    <hyperlink ref="Z43" r:id="rId_hyperlink_553"/>
+    <hyperlink ref="AA43" r:id="rId_hyperlink_554"/>
+    <hyperlink ref="AB43" r:id="rId_hyperlink_555"/>
+    <hyperlink ref="AC43" r:id="rId_hyperlink_556"/>
+    <hyperlink ref="AD43" r:id="rId_hyperlink_557"/>
+    <hyperlink ref="AE43" r:id="rId_hyperlink_558"/>
+    <hyperlink ref="AF43" r:id="rId_hyperlink_559"/>
+    <hyperlink ref="X44" r:id="rId_hyperlink_560"/>
+    <hyperlink ref="Y44" r:id="rId_hyperlink_561"/>
+    <hyperlink ref="Z44" r:id="rId_hyperlink_562"/>
+    <hyperlink ref="AA44" r:id="rId_hyperlink_563"/>
+    <hyperlink ref="AB44" r:id="rId_hyperlink_564"/>
+    <hyperlink ref="AC44" r:id="rId_hyperlink_565"/>
+    <hyperlink ref="X45" r:id="rId_hyperlink_566"/>
+    <hyperlink ref="Y45" r:id="rId_hyperlink_567"/>
+    <hyperlink ref="Z45" r:id="rId_hyperlink_568"/>
+    <hyperlink ref="AA45" r:id="rId_hyperlink_569"/>
+    <hyperlink ref="AB45" r:id="rId_hyperlink_570"/>
+    <hyperlink ref="AC45" r:id="rId_hyperlink_571"/>
+    <hyperlink ref="AD45" r:id="rId_hyperlink_572"/>
+    <hyperlink ref="X46" r:id="rId_hyperlink_573"/>
+    <hyperlink ref="Y46" r:id="rId_hyperlink_574"/>
+    <hyperlink ref="X47" r:id="rId_hyperlink_575"/>
+    <hyperlink ref="Y47" r:id="rId_hyperlink_576"/>
+    <hyperlink ref="Z47" r:id="rId_hyperlink_577"/>
+    <hyperlink ref="AA47" r:id="rId_hyperlink_578"/>
+    <hyperlink ref="AB47" r:id="rId_hyperlink_579"/>
+    <hyperlink ref="AC47" r:id="rId_hyperlink_580"/>
+    <hyperlink ref="AD47" r:id="rId_hyperlink_581"/>
+    <hyperlink ref="X48" r:id="rId_hyperlink_582"/>
+    <hyperlink ref="Y48" r:id="rId_hyperlink_583"/>
+    <hyperlink ref="Z48" r:id="rId_hyperlink_584"/>
+    <hyperlink ref="AA48" r:id="rId_hyperlink_585"/>
+    <hyperlink ref="AB48" r:id="rId_hyperlink_586"/>
+    <hyperlink ref="AC48" r:id="rId_hyperlink_587"/>
+    <hyperlink ref="AD48" r:id="rId_hyperlink_588"/>
+    <hyperlink ref="X49" r:id="rId_hyperlink_589"/>
+    <hyperlink ref="Y49" r:id="rId_hyperlink_590"/>
+    <hyperlink ref="Z49" r:id="rId_hyperlink_591"/>
+    <hyperlink ref="AA49" r:id="rId_hyperlink_592"/>
+    <hyperlink ref="X50" r:id="rId_hyperlink_593"/>
+    <hyperlink ref="Y50" r:id="rId_hyperlink_594"/>
+    <hyperlink ref="Z50" r:id="rId_hyperlink_595"/>
+    <hyperlink ref="AA50" r:id="rId_hyperlink_596"/>
+    <hyperlink ref="AB50" r:id="rId_hyperlink_597"/>
+    <hyperlink ref="AC50" r:id="rId_hyperlink_598"/>
+    <hyperlink ref="AD50" r:id="rId_hyperlink_599"/>
+    <hyperlink ref="AE50" r:id="rId_hyperlink_600"/>
+    <hyperlink ref="AF50" r:id="rId_hyperlink_601"/>
+    <hyperlink ref="AG50" r:id="rId_hyperlink_602"/>
+    <hyperlink ref="AH50" r:id="rId_hyperlink_603"/>
+    <hyperlink ref="AI50" r:id="rId_hyperlink_604"/>
+    <hyperlink ref="X51" r:id="rId_hyperlink_605"/>
+    <hyperlink ref="Y51" r:id="rId_hyperlink_606"/>
+    <hyperlink ref="Z51" r:id="rId_hyperlink_607"/>
+    <hyperlink ref="X52" r:id="rId_hyperlink_608"/>
+    <hyperlink ref="Y52" r:id="rId_hyperlink_609"/>
+    <hyperlink ref="Z52" r:id="rId_hyperlink_610"/>
+    <hyperlink ref="AA52" r:id="rId_hyperlink_611"/>
+    <hyperlink ref="AB52" r:id="rId_hyperlink_612"/>
+    <hyperlink ref="AC52" r:id="rId_hyperlink_613"/>
+    <hyperlink ref="AD52" r:id="rId_hyperlink_614"/>
+    <hyperlink ref="AE52" r:id="rId_hyperlink_615"/>
+    <hyperlink ref="AF52" r:id="rId_hyperlink_616"/>
+    <hyperlink ref="AG52" r:id="rId_hyperlink_617"/>
+    <hyperlink ref="X53" r:id="rId_hyperlink_618"/>
+    <hyperlink ref="X54" r:id="rId_hyperlink_619"/>
+    <hyperlink ref="X55" r:id="rId_hyperlink_620"/>
+    <hyperlink ref="X56" r:id="rId_hyperlink_621"/>
+    <hyperlink ref="X57" r:id="rId_hyperlink_622"/>
+    <hyperlink ref="Y57" r:id="rId_hyperlink_623"/>
+    <hyperlink ref="Z57" r:id="rId_hyperlink_624"/>
+    <hyperlink ref="AA57" r:id="rId_hyperlink_625"/>
+    <hyperlink ref="AB57" r:id="rId_hyperlink_626"/>
+    <hyperlink ref="AC57" r:id="rId_hyperlink_627"/>
+    <hyperlink ref="AD57" r:id="rId_hyperlink_628"/>
+    <hyperlink ref="AE57" r:id="rId_hyperlink_629"/>
+    <hyperlink ref="AF57" r:id="rId_hyperlink_630"/>
+    <hyperlink ref="AG57" r:id="rId_hyperlink_631"/>
+    <hyperlink ref="AH57" r:id="rId_hyperlink_632"/>
+    <hyperlink ref="AI57" r:id="rId_hyperlink_633"/>
+    <hyperlink ref="AJ57" r:id="rId_hyperlink_634"/>
+    <hyperlink ref="AK57" r:id="rId_hyperlink_635"/>
+    <hyperlink ref="AL57" r:id="rId_hyperlink_636"/>
+    <hyperlink ref="AM57" r:id="rId_hyperlink_637"/>
+    <hyperlink ref="AN57" r:id="rId_hyperlink_638"/>
+    <hyperlink ref="AO57" r:id="rId_hyperlink_639"/>
+    <hyperlink ref="AP57" r:id="rId_hyperlink_640"/>
+    <hyperlink ref="AQ57" r:id="rId_hyperlink_641"/>
+    <hyperlink ref="AR57" r:id="rId_hyperlink_642"/>
+    <hyperlink ref="AS57" r:id="rId_hyperlink_643"/>
+    <hyperlink ref="AT57" r:id="rId_hyperlink_644"/>
+    <hyperlink ref="AU57" r:id="rId_hyperlink_645"/>
+    <hyperlink ref="AV57" r:id="rId_hyperlink_646"/>
+    <hyperlink ref="AW57" r:id="rId_hyperlink_647"/>
+    <hyperlink ref="AX57" r:id="rId_hyperlink_648"/>
+    <hyperlink ref="AY57" r:id="rId_hyperlink_649"/>
+    <hyperlink ref="AZ57" r:id="rId_hyperlink_650"/>
+    <hyperlink ref="X58" r:id="rId_hyperlink_651"/>
+    <hyperlink ref="X59" r:id="rId_hyperlink_652"/>
+    <hyperlink ref="X60" r:id="rId_hyperlink_653"/>
+  </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
@@ -559,32 +11163,32 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SFB 1002 Literature Repository</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Literature Export 2025-10-14 02:54:12</dc:title>
-  <dc:description>Export of the SFB 1002 Literature Repository. (2025-10-14 02:54:12)</dc:description>
+  <dc:title>Literature Export 2025-11-03 14:31:57</dc:title>
+  <dc:description>Export of the SFB 1002 Literature Repository. (2025-11-03 14:31:57)</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>