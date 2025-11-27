--- v1 (2025-11-03)
+++ v2 (2025-11-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1079">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>RDP - Link</t>
   </si>
   <si>
     <t>Working Groups</t>
   </si>
   <si>
     <t>Subproject</t>
   </si>
   <si>
     <t>Open Access</t>
   </si>
   <si>
     <t>Publication Type</t>
   </si>
   <si>
     <t>Peer Reviewed</t>
   </si>
   <si>
     <t>PMID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
@@ -81,3268 +81,90 @@
     <t>Pages</t>
   </si>
   <si>
     <t>Issue</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Journal Abbreviation</t>
   </si>
   <si>
     <t>Extra</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>First Author</t>
   </si>
   <si>
     <t>Last Author</t>
   </si>
   <si>
     <t>Creation Time</t>
-  </si>
-[...3166 lines deleted...]
-    <t>Linked Antibodies</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
-  <fonts count="2">
+  <fonts count="1">
     <font>
       <b val="0"/>
-      <i val="0"/>
-[...7 lines deleted...]
-      <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="2">
+  <cellXfs count="1">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -3598,7564 +420,138 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/3" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/4" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/5" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/6" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/7" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/8" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/9" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/10" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/11" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/12" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/13" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/14" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/15" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/16" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/17" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/18" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/19" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/20" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/21" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/22" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/23" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/24" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/25" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/26" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/27" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/28" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/29" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/30" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/31" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/32" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/33" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/34" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/35" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/36" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/37" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/38" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/39" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/40" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/41" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/42" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/43" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/44" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/45" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/46" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/47" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/48" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/49" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/50" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/51" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/52" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/53" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/54" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/55" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/56" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/57" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/58" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/59" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/60" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/61" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/62" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/63" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/64" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/65" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/66" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/67" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/68" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/69" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/70" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/71" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/72" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/73" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/74" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/75" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/76" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/77" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/78" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/79" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/80" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/81" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113038" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://learnmem.cshlp.org/content/suppl/2019/03/21/26.4.109.DC1/Supplemental_Fig_S1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://learnmem.cshlp.org/content/suppl/2019/03/21/26.4.109.DC1/Supplemental_Fig_S2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://learnmem.cshlp.org/content/suppl/2019/03/21/26.4.109.DC1/Supplemental_Fig_S3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://learnmem.cshlp.org/content/suppl/2019/03/21/26.4.109.DC1/Supplemental_Fig_S4.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://learnmem.cshlp.org/content/suppl/2019/03/21/26.4.109.DC1/Supplemental_Fig_S5.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://learnmem.cshlp.org/content/suppl/2019/03/21/26.4.109.DC1/Supplemental_Fig_S6.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://learnmem.cshlp.org/content/suppl/2019/03/21/26.4.109.DC1/Supplemental_Fig_S7.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://learnmem.cshlp.org/content/suppl/2019/03/21/26.4.109.DC1/Supplemental_Fig_S8.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://learnmem.cshlp.org/content/suppl/2019/03/21/26.4.109.DC1/Supplemental_Fig_S9.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://learnmem.cshlp.org/content/suppl/2019/03/21/26.4.109.DC1/Supplemental_One-trial_Data.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3003-0051" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8020-1483" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4626-328X" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q92538152" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113039" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-019-09262-2/MediaObjects/41467_2019_9262_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-019-09262-2/MediaObjects/41467_2019_9262_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-019-09262-2/MediaObjects/41467_2019_9262_MOESM3_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1698-5815" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5245-8169" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9052-9271" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015807" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q64066965" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.1247442" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113069" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4133-6419" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/46" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113065" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8020-1483" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q93038060" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113066" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2352154618301189-mmc1.pptx" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2352154618301189-mmc2.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10116" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3003-0051" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q60682066" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113040" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rs.figshare.com/ndownloader/files/15660416" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3003-0051" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6190-9443" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q91560647" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113070" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9745-5145" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1816-3241" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/19" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/78786" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jove.com/pdf-materials/60288" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9745-5145" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q90968580" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113041" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://learnmem.cshlp.org/content/suppl/2019/10/01/26.11.424.DC1/Supplemental_datasetREV.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://learnmem.cshlp.org/content/suppl/2019/10/01/26.11.424.DC1/Supplemental_Figures_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3003-0051" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8020-1483" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4626-328X" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q90729852" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113042" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ndownloader.figshare.com/articles/10009697/versions/1" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8020-1483" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q90847712" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113043" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/cms/10.1016/j.cub.2020.01.019/attachment/7009907a-45eb-4557-a66c-edb76d5ad77d/mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1698-5815" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5245-8169" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5894-1474" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/046ak2485" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/001w7jn25" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2314866" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_528203" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_528479" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_528484" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_300798" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_477593" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_142924" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2534069" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2534032" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2337423" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2338967" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_5905" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_16588" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_15858" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_18307" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_23092" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_458" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_39198" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_39499" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_26264" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_49032" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_48571" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_32188" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_66542" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q90110530" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113044" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-0607-9/MediaObjects/41593_2020_607_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-0607-9/MediaObjects/41593_2020_607_MOESM3_ESM.csv" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-0607-9/MediaObjects/41593_2020_607_MOESM4_ESM.csv" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-0607-9/MediaObjects/41593_2020_607_MOESM5_ESM.csv" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-0607-9/MediaObjects/41593_2020_607_MOESM6_ESM.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-0607-9/MediaObjects/41593_2020_607_MOESM7_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://l1em.catmaid.virtualflybrain.org/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3003-0051" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8092-3440" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9477-3853" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7833-8621" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1577-1057" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3830-6596" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1558-100X" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2422-6576" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4941-6536" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3149-2250" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/013sk6x84" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/013meh722" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00hj8s172" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00dcv1019" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00h25w961" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01pxwe438" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03s7gtk40" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00ggpsq73" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cvxb145" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008954" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006278" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_55134" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_55138" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_44276" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q90591952" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113045" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8679-5515" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6960-1910" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q91757016" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113046" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4133-6419" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9052-0258" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q92861624" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113047" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1698-5815" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9052-9271" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5245-8169" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/046ak2485" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/001w7jn25" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/010s54n03" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2314865" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_48571" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_52448" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_32205" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_82181" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_013673" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014237" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018863" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010279" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q92928144" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/78536" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9745-5145" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5872-7398" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014212" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q89964340" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17632/wf7gz3wfr3.1" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/81771" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de.mathworks.com/matlabcentral/fileexchange/27418-fdr_bh" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/zerotonin/KCC_KenyonCellCorrelator" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9745-5145" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1816-3241" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1387-6805" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/9" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_1744" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_5132" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_52267" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_52268" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_27637" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_32237" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q91730171" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113048" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4133-6419" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5617-127X" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05ewdps05" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00rcxh774" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01hcx6992" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002998" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008633" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q90050844" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113049" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3830-6596" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3003-0051" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8597-751X" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4626-328X" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8020-1483" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01zwmgk08" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04xfq0f34" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/046rm7j60" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/0546hnb39" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/013sk6x84" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00h25w961" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/013meh722" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03d1zwe41" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00ggpsq73" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q96684700" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113050" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S0960982220305510-mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S0960982220305510-mmc3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9085-4274" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5108-8204" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7118-4079" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1495-9314" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03ap2av50" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02h1nk258" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2576217" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_141372" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_528203" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2336883" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_8848" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_41347" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_42747" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q94585540" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113051" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3003-0051" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8020-1483" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8597-751X" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4626-328X" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01zwmgk08" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00ggpsq73" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014213" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_58374" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_3605" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2338687" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2338965" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_221569" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_528235" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2633280" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10772277" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_305635" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2571647" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2534031" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2534032" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q99611484" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113052" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9085-4274" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q100421462" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113053" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4133-6419" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q101120675" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113067" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9085-4274" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0990-0342" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q92246544" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113054" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4133-6419" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6081-9195" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/45" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00rcxh774" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113071" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8020-1483" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4626-328X" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/000-0002-8597-751X" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/43" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01zwmgk08" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113072" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/10.1101/2020.09.19.304774v2.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4133-6419" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3366-4706" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1033-5387" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17632/wf7gz3wfr3.1" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/86473" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/zerotonin/KCC_KenyonCellCorrelator" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S2666166720301970/pdfft?isDTMRedir=true&amp;download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1816-3241" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9745-5145" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q104617040" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113073" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/biorxiv/early/2021/01/28/2021.01.28.428398/DC1/embed/media-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/biorxiv/early/2021/01/28/2021.01.28.428398/DC2/embed/media-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/biorxiv/early/2021/01/28/2021.01.28.428398/DC3/embed/media-3.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/biorxiv/early/2021/01/28/2021.01.28.428398/DC4/embed/media-4.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/biorxiv/early/2021/01/28/2021.01.28.428398/DC5/embed/media-5.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/biorxiv/early/2021/01/28/2021.01.28.428398/DC6/embed/media-6.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/biorxiv/early/2021/01/28/2021.01.28.428398/DC7/embed/media-7.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/biorxiv/early/2021/01/28/2021.01.28.428398/DC8/embed/media-8.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/biorxiv/early/2021/01/28/2021.01.28.428398/DC9/embed/media-9.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7173-9919" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4626-328X" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3003-0051" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4372-8611" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9187-930X" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/42" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01zwmgk08" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00ggpsq73" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_021315" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113074" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7460" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8264-7534" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1585-1433" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9576-039X" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4133-6419" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02hpadn98" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01hcx6992" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/046ak2485" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00rcxh774" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113055" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pnas.org/highwire/filestream/975352/field_highwire_adjunct_files/0/pnas.2016754118.sapp.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10116" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1698-5815" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9052-9271" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01fxdkm29" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/046ak2485" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/001w7jn25" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113056" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jove.com/de/pdf-materials/61876/jove-materials-61876-preparing-adult-drosophila-melanogaster-for-whole-brain-imaging" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9085-4274" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2311-3756" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113057" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1698-5815" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7099-4093" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0947-9172" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5894-1474" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6348-4909" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1884-284X" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/046ak2485" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/001w7jn25" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/010s54n03" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03taz7m60" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113058" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/cms/10.1016/j.celrep.2021.108941/attachment/84231e6f-d291-4a8c-83d4-bdad5c876971/mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/cms/10.1016/j.celrep.2021.108941/attachment/6cbefd86-a7fb-4f29-8e8f-aa0090c512e9/mmc2.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/cms/10.1016/j.celrep.2021.108941/attachment/b39651f4-cd74-498f-8c5e-a469c6231ae8/mmc3.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/cms/10.1016/j.celrep.2021.108941/attachment/1a4cf11f-de4e-4b1a-ac4f-afafe930c862/mmc4.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5802-1045" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5245-8169" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2673-0488" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5051-6281" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5590-5726" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7386-0990" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5070-1329" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2358-549X" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1698-5815" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/046ak2485" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/001w7jn25" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02jhqqg57" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02eva5865" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/031t5w623" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01faaaf77" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113075" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/84997" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-021-22180-6/MediaObjects/41467_2021_22180_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1698-5815" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9745-5145" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0831-3576" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9275-3146" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9052-9271" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/046ak2485" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/001w7jn25" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03ate3e03" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_013673" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008058" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014325" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/82778" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721001856-mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721001856-mmc2.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721001856-mmc4.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9745-5145" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8679-5515" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/041nas322" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/013sk6x84" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014283" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010457" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007353" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113076" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7871-1887" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5947-5551" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5518-8990" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7109-1689" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4133-6419" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/51" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00rcxh774" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/012p63287" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02crff812" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05a28rw58" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113077" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1033-5387" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7871-1887" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4133-6419" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00rcxh774" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113059" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7173-9919" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4626-328X" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9187-930X" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3003-0051" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4372-8611" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/31" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01zwmgk08" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00ggpsq73" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_021315" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q122872998" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113060" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8597-751X" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4626-328X" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8020-1483" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/28" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01zwmgk08" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q123234102" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113068" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7955" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=8355" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=6239" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8679-5515" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/041nas322" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113078" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6081-9195" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4133-6419" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/27" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00rcxh774" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.3603129" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113061" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2589004220300353-mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4133-6419" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/5" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q89717466" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113064" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4133-6419" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113079" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9556-8541" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9745-5145" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7350-9380" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/0316ej306" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113080" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9745-5145" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8679-5515" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/50" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/98969" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9745-5145" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8679-5515" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/49" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113062" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7871-1887" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5947-5551" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5518-8990" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7109-1689" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4133-6419" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/40" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00rcxh774" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/012p63287" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02crff812" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05a28rw58" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113063" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frontiersin.org/articles/10.3389/fnsyn.2021.798204/pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1698-5815" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/112033" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hdl.handle.net/21.11124/For2705_000095" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41598-022-14413-5/MediaObjects/41598_2022_14413_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41598-022-14413-5.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9745-5145" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4133-6419" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4678-4926" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00rcxh774" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q114945879" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/archive/4/100" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q114059089" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q123115119" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q125341947" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S0960982223000660/pdfft?md5=404c4fbfbaa32e506f682767cb23934d&amp;pid=1-s2.0-S0960982223000660-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S0960982223000660-mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9745-5145" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10000240" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_528235" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10094468" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2534728" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_141778" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2633277" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_32185" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_32186" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_6872" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_854" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_30005" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_39604" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_28997" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_6595" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_91802" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_26264" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_42644" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_51817" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_54595" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_83036" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_92531" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_58762" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_78320" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_60522" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q122899921" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/67" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2705.de/literature/publications/62" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BL80"/>
+  <dimension ref="A1:W1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:BL1"/>
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
-  <cols>
-[...64 lines deleted...]
-  </cols>
   <sheetData>
-    <row r="1" spans="1:64">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:23">
+      <c r="A1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="I1" t="s">
         <v>8</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="J1" t="s">
         <v>9</v>
       </c>
-      <c r="K1" s="1" t="s">
+      <c r="K1" t="s">
         <v>10</v>
       </c>
-      <c r="L1" s="1" t="s">
+      <c r="L1" t="s">
         <v>11</v>
       </c>
-      <c r="M1" s="1" t="s">
+      <c r="M1" t="s">
         <v>12</v>
       </c>
-      <c r="N1" s="1" t="s">
+      <c r="N1" t="s">
         <v>13</v>
       </c>
-      <c r="O1" s="1" t="s">
+      <c r="O1" t="s">
         <v>14</v>
       </c>
-      <c r="P1" s="1" t="s">
+      <c r="P1" t="s">
         <v>15</v>
       </c>
-      <c r="Q1" s="1" t="s">
+      <c r="Q1" t="s">
         <v>16</v>
       </c>
-      <c r="R1" s="1" t="s">
+      <c r="R1" t="s">
         <v>17</v>
       </c>
-      <c r="S1" s="1" t="s">
+      <c r="S1" t="s">
         <v>18</v>
       </c>
-      <c r="T1" s="1" t="s">
+      <c r="T1" t="s">
         <v>19</v>
       </c>
-      <c r="U1" s="1" t="s">
+      <c r="U1" t="s">
         <v>20</v>
       </c>
-      <c r="V1" s="1" t="s">
+      <c r="V1" t="s">
         <v>21</v>
       </c>
-      <c r="W1" s="1" t="s">
+      <c r="W1" t="s">
         <v>22</v>
-      </c>
-[...6699 lines deleted...]
-        <v>698</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells>
-[...657 lines deleted...]
-  </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
@@ -11163,32 +559,32 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SFB 1002 Literature Repository</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Literature Export 2025-11-03 14:31:57</dc:title>
-  <dc:description>Export of the SFB 1002 Literature Repository. (2025-11-03 14:31:57)</dc:description>
+  <dc:title>Literature Export 2025-11-27 03:58:34</dc:title>
+  <dc:description>Export of the SFB 1002 Literature Repository. (2025-11-27 03:58:34)</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>