--- v2 (2025-11-27)
+++ v3 (2025-12-17)
@@ -559,32 +559,32 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SFB 1002 Literature Repository</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Literature Export 2025-11-27 03:58:34</dc:title>
-  <dc:description>Export of the SFB 1002 Literature Repository. (2025-11-27 03:58:34)</dc:description>
+  <dc:title>Literature Export 2025-12-17 07:04:58</dc:title>
+  <dc:description>Export of the SFB 1002 Literature Repository. (2025-12-17 07:04:58)</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>