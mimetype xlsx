--- v3 (2025-12-17)
+++ v4 (2026-01-07)
@@ -559,32 +559,32 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SFB 1002 Literature Repository</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Literature Export 2025-12-17 07:04:58</dc:title>
-  <dc:description>Export of the SFB 1002 Literature Repository. (2025-12-17 07:04:58)</dc:description>
+  <dc:title>Literature Export 2026-01-07 21:03:00</dc:title>
+  <dc:description>Export of the SFB 1002 Literature Repository. (2026-01-07 21:03:00)</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>