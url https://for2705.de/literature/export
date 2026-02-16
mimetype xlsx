--- v4 (2026-01-07)
+++ v5 (2026-02-16)
@@ -559,32 +559,32 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SFB 1002 Literature Repository</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Literature Export 2026-01-07 21:03:00</dc:title>
-  <dc:description>Export of the SFB 1002 Literature Repository. (2026-01-07 21:03:00)</dc:description>
+  <dc:title>Literature Export 2026-02-17 00:46:44</dc:title>
+  <dc:description>Export of the SFB 1002 Literature Repository. (2026-02-17 00:46:44)</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>