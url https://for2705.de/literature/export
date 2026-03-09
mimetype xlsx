--- v5 (2026-02-16)
+++ v6 (2026-03-09)
@@ -559,32 +559,32 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SFB 1002 Literature Repository</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Literature Export 2026-02-17 00:46:44</dc:title>
-  <dc:description>Export of the SFB 1002 Literature Repository. (2026-02-17 00:46:44)</dc:description>
+  <dc:title>Literature Export 2026-03-09 09:47:59</dc:title>
+  <dc:description>Export of the SFB 1002 Literature Repository. (2026-03-09 09:47:59)</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>